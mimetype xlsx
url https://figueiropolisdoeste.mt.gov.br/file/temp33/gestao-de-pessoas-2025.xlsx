--- v0 (2025-10-21)
+++ v1 (2025-11-08)
@@ -12,65 +12,71 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Decrição</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>VER</t>
   </si>
   <si>
     <t>Nomeação de Professores no Concurso 001/2023A portaria trata da nomeação e convocação de candidatos aprovados no concurso público para o cargo de : Professor - Pedagogo, estabelecendo prazos e requisitos para a posse.</t>
   </si>
   <si>
     <t>21/05/2025</t>
+  </si>
+  <si>
+    <t>Figueirópolis d’Oeste publica Portaria 482/2025 de nomeação e convocação de aprovados do Concurso 001/2023Prefeitura convoca nomeados para posse no cargo de Técnico Administrativo Educacional em até 30 dias a partir da publicação</t>
+  </si>
+  <si>
+    <t>22/10/2025</t>
   </si>
   <si>
     <t>Portaria 463/2025 nomeia e convoca aprovados do Concurso Público 001/2023 em Figueirópolis d’Oeste MTDispõe sobre a nomeação e convocação de candidatos aprovados no Concurso Público nº 001/2023 para suprir vagas no quadro de profissionais do Município de Figueirópolis d’Oeste – MT.</t>
   </si>
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>Portaria 452/2025 Nomeação e convocação de aprovados no Concurso Público 001/2023 em Figueirópolis do Oeste MTDispõe sobre a nomeação e convocação de candidatos aprovados no Concurso Público 001/2023 para suprir vagas no quadro de profissionais do Município de Figueirópolis do Oeste MT</t>
   </si>
   <si>
     <t>10/10/2025</t>
   </si>
   <si>
     <t>Nomeação e convocação de aprovados no Concurso Público 001/2023 para Monitor Escolar em Figueirópolis d’Oeste MT Portaria 451/2025Prefeito nomeia e convoca candidatos aprovados para o cargo de Monitor Escolar com prazo de 30 dias para posse e apresentação de documentos e exames conforme edital</t>
   </si>
   <si>
     <t>09/10/2025</t>
   </si>
   <si>
     <t>PORTARIA N° 448/2025PREFEITURA MUNICIPAL DE FIGUEIRÓPOLIS D´OESTE07/10/2025Nomeia Fiscal de Contrato e dá Outras Providências</t>
   </si>
   <si>
     <t>07/10/2025</t>
   </si>
@@ -443,51 +449,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C15"/>
+  <dimension ref="A1:C16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -512,125 +518,134 @@
       <c r="C4"/>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5"/>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6"/>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>13</v>
       </c>
       <c r="B7" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C7"/>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
+        <v>15</v>
+      </c>
+      <c r="B8" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="C8"/>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>16</v>
       </c>
       <c r="B9" t="s">
         <v>17</v>
       </c>
       <c r="C9"/>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C10"/>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C11"/>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>21</v>
       </c>
       <c r="B12" t="s">
         <v>22</v>
       </c>
       <c r="C12"/>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>23</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13"/>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>25</v>
       </c>
       <c r="B14" t="s">
         <v>26</v>
       </c>
       <c r="C14"/>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>27</v>
       </c>
       <c r="B15" t="s">
+        <v>28</v>
+      </c>
+      <c r="C15"/>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" t="s">
+        <v>29</v>
+      </c>
+      <c r="B16" t="s">
         <v>4</v>
       </c>
-      <c r="C15"/>
+      <c r="C16"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>