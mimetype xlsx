--- v1 (2025-11-08)
+++ v2 (2025-11-15)
@@ -12,65 +12,71 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Decrição</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>VER</t>
   </si>
   <si>
     <t>Nomeação de Professores no Concurso 001/2023A portaria trata da nomeação e convocação de candidatos aprovados no concurso público para o cargo de : Professor - Pedagogo, estabelecendo prazos e requisitos para a posse.</t>
   </si>
   <si>
     <t>21/05/2025</t>
+  </si>
+  <si>
+    <t>Portaria 515/2025 nomeia e convoca aprovado do Concurso Público 001/2023 para Apoio Administrativo Educacional em Figueirópolis dOeste MTDispõe sobre a nomeação e convocação de candidatos aprovados no Concurso Público nº 001/2023 para suprir vagas no quadro de profissionais do Município de Figueirópolis dOeste MT e dá outras providências</t>
+  </si>
+  <si>
+    <t>07/11/2025</t>
   </si>
   <si>
     <t>Figueirópolis d’Oeste publica Portaria 482/2025 de nomeação e convocação de aprovados do Concurso 001/2023Prefeitura convoca nomeados para posse no cargo de Técnico Administrativo Educacional em até 30 dias a partir da publicação</t>
   </si>
   <si>
     <t>22/10/2025</t>
   </si>
   <si>
     <t>Portaria 463/2025 nomeia e convoca aprovados do Concurso Público 001/2023 em Figueirópolis d’Oeste MTDispõe sobre a nomeação e convocação de candidatos aprovados no Concurso Público nº 001/2023 para suprir vagas no quadro de profissionais do Município de Figueirópolis d’Oeste – MT.</t>
   </si>
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>Portaria 452/2025 Nomeação e convocação de aprovados no Concurso Público 001/2023 em Figueirópolis do Oeste MTDispõe sobre a nomeação e convocação de candidatos aprovados no Concurso Público 001/2023 para suprir vagas no quadro de profissionais do Município de Figueirópolis do Oeste MT</t>
   </si>
   <si>
     <t>10/10/2025</t>
   </si>
   <si>
     <t>Nomeação e convocação de aprovados no Concurso Público 001/2023 para Monitor Escolar em Figueirópolis d’Oeste MT Portaria 451/2025Prefeito nomeia e convoca candidatos aprovados para o cargo de Monitor Escolar com prazo de 30 dias para posse e apresentação de documentos e exames conforme edital</t>
   </si>
   <si>
     <t>09/10/2025</t>
   </si>
@@ -449,51 +455,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C16"/>
+  <dimension ref="A1:C17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -527,125 +533,134 @@
       <c r="C5"/>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6"/>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>13</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7"/>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>15</v>
       </c>
       <c r="B8" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C8"/>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
+        <v>17</v>
+      </c>
+      <c r="B9" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="C9"/>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
         <v>19</v>
       </c>
       <c r="C10"/>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>20</v>
       </c>
       <c r="B11" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C11"/>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
+        <v>22</v>
+      </c>
+      <c r="B12" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C12"/>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>23</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13"/>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>25</v>
       </c>
       <c r="B14" t="s">
         <v>26</v>
       </c>
       <c r="C14"/>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>27</v>
       </c>
       <c r="B15" t="s">
         <v>28</v>
       </c>
       <c r="C15"/>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>29</v>
       </c>
       <c r="B16" t="s">
+        <v>30</v>
+      </c>
+      <c r="C16"/>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" t="s">
+        <v>31</v>
+      </c>
+      <c r="B17" t="s">
         <v>4</v>
       </c>
-      <c r="C16"/>
+      <c r="C17"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>