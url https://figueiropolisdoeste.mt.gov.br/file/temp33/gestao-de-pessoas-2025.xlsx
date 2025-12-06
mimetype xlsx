--- v2 (2025-11-15)
+++ v3 (2025-12-06)
@@ -12,65 +12,71 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>Decrição</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>VER</t>
   </si>
   <si>
     <t>Nomeação de Professores no Concurso 001/2023A portaria trata da nomeação e convocação de candidatos aprovados no concurso público para o cargo de : Professor - Pedagogo, estabelecendo prazos e requisitos para a posse.</t>
   </si>
   <si>
     <t>21/05/2025</t>
+  </si>
+  <si>
+    <t>Suspensão de férias da servidora Rosana Nascimento para retorno às atividades de Analista AdministrativoSuspende a partir de 01 de dezembro de 2025 o período de gozo de férias concedido pela Portaria nº 508/2025 à servidora pública municipal Rosana Nascimento, permitindo que o período remanescente seja reiniciado a qualquer momento, sem prejuízo ao serviço público.</t>
+  </si>
+  <si>
+    <t>01/12/2025</t>
   </si>
   <si>
     <t>Portaria 515/2025 nomeia e convoca aprovado do Concurso Público 001/2023 para Apoio Administrativo Educacional em Figueirópolis dOeste MTDispõe sobre a nomeação e convocação de candidatos aprovados no Concurso Público nº 001/2023 para suprir vagas no quadro de profissionais do Município de Figueirópolis dOeste MT e dá outras providências</t>
   </si>
   <si>
     <t>07/11/2025</t>
   </si>
   <si>
     <t>Figueirópolis d’Oeste publica Portaria 482/2025 de nomeação e convocação de aprovados do Concurso 001/2023Prefeitura convoca nomeados para posse no cargo de Técnico Administrativo Educacional em até 30 dias a partir da publicação</t>
   </si>
   <si>
     <t>22/10/2025</t>
   </si>
   <si>
     <t>Portaria 463/2025 nomeia e convoca aprovados do Concurso Público 001/2023 em Figueirópolis d’Oeste MTDispõe sobre a nomeação e convocação de candidatos aprovados no Concurso Público nº 001/2023 para suprir vagas no quadro de profissionais do Município de Figueirópolis d’Oeste – MT.</t>
   </si>
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>Portaria 452/2025 Nomeação e convocação de aprovados no Concurso Público 001/2023 em Figueirópolis do Oeste MTDispõe sobre a nomeação e convocação de candidatos aprovados no Concurso Público 001/2023 para suprir vagas no quadro de profissionais do Município de Figueirópolis do Oeste MT</t>
   </si>
   <si>
     <t>10/10/2025</t>
   </si>
@@ -455,51 +461,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C17"/>
+  <dimension ref="A1:C18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -542,125 +548,134 @@
       <c r="C6"/>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>13</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7"/>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>15</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8"/>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>17</v>
       </c>
       <c r="B9" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C9"/>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
+        <v>19</v>
+      </c>
+      <c r="B10" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C10"/>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>20</v>
       </c>
       <c r="B11" t="s">
         <v>21</v>
       </c>
       <c r="C11"/>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>22</v>
       </c>
       <c r="B12" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C12"/>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C13"/>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>25</v>
       </c>
       <c r="B14" t="s">
         <v>26</v>
       </c>
       <c r="C14"/>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>27</v>
       </c>
       <c r="B15" t="s">
         <v>28</v>
       </c>
       <c r="C15"/>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>29</v>
       </c>
       <c r="B16" t="s">
         <v>30</v>
       </c>
       <c r="C16"/>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>31</v>
       </c>
       <c r="B17" t="s">
+        <v>32</v>
+      </c>
+      <c r="C17"/>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" t="s">
+        <v>33</v>
+      </c>
+      <c r="B18" t="s">
         <v>4</v>
       </c>
-      <c r="C17"/>
+      <c r="C18"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>