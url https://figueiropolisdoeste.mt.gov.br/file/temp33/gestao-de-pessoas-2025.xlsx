--- v3 (2025-12-06)
+++ v4 (2026-01-01)
@@ -12,79 +12,136 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Decrição</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>VER</t>
   </si>
   <si>
     <t>Nomeação de Professores no Concurso 001/2023A portaria trata da nomeação e convocação de candidatos aprovados no concurso público para o cargo de : Professor - Pedagogo, estabelecendo prazos e requisitos para a posse.</t>
   </si>
   <si>
     <t>21/05/2025</t>
   </si>
   <si>
+    <t>Portarias N° 0575/2025</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>Pagamento de Licença Prêmio ao Servidor Willian David da HoraPortaria determina pagamento de licença prêmio</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>Pagamento de licença prêmio para servidora em Figueirópolis DOestePortaria determina pagamento de licença prêmio a servidora</t>
+  </si>
+  <si>
+    <t>Concessão de férias regulamentares aos servidores públicos municipais de Figueirópolis DOeste MTConcede Férias regulamentadas aos Servidores Públicos Municipais</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>Concessão de licença prêmio à servidora Marcela de Paula Modesto pela Prefeitura de Figueirópolis D’Oeste MTPortaria que concede 30 dias de licença prêmio à servidora Marcela de Paula Modesto, referente ao período aquisitivo de 20/01/2020 a 20/01/2025, com gozo de 15/12/2025 a 13/01/2026</t>
+  </si>
+  <si>
+    <t>03/12/2025</t>
+  </si>
+  <si>
+    <t>Autorização de pagamento de horas extraordinárias a servidor da Secretaria Municipal de Infraestrutura e Obras de Figueirópolis D’OesteAutoriza o pagamento de horas extraordinárias a servidora da Secretaria Municipal de Infraestrutura e Obras</t>
+  </si>
+  <si>
+    <t>Autorização de pagamento de horas extraordinárias a servidor da Secretaria Municipal de Infraestrutura e Obras de Figueirópolis D’OesteAutoriza o pagamento de horas extraordinárias a servidora da Secretaria Municipal de Infraestrutura e Obras.</t>
+  </si>
+  <si>
+    <t>Autorização de pagamento de horas extras a servidor da Secretaria Municipal de Infraestrutura e Obras de Figueirópolis D’OesteAutoriza o pagamento de horas extraordinárias a servidor da Secretaria Municipal de Infraestrutura e Obras</t>
+  </si>
+  <si>
     <t>Suspensão de férias da servidora Rosana Nascimento para retorno às atividades de Analista AdministrativoSuspende a partir de 01 de dezembro de 2025 o período de gozo de férias concedido pela Portaria nº 508/2025 à servidora pública municipal Rosana Nascimento, permitindo que o período remanescente seja reiniciado a qualquer momento, sem prejuízo ao serviço público.</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
+    <t>Concessão de licença maternidade à servidora municipal Rosana Oliveira da Costa em Figueirópolis D’Oeste MTConcede Licença Maternidade a Servidores Públicos Municipais, conforme menciona</t>
+  </si>
+  <si>
+    <t>Concessão de licença maternidade a servidora municipal de Figueirópolis D’OesteConcede licença maternidade de 180 dias à servidora Mirelli Salasar Forjado, lotada na Secretaria Municipal de Saúde, no período de 24/11/2025 a 22/05/2026</t>
+  </si>
+  <si>
+    <t>Autorização de pagamento de horas extraordinárias a servidora da Secretaria Municipal de Saúde de Figueirópolis D’OesteAutoriza o pagamento de horas extraordinárias a servidora da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>Concessão de férias regulamentares aos servidores públicos municipais de Figueirópolis DOesteConcede Férias regulamentadas aos Servidores Públicos Municipais</t>
+  </si>
+  <si>
+    <t>Pagamento de 30 dias de licença prêmio ao servidor Sanderson Danielli Leao pela Prefeitura de Figueirópolis DOeste MTPortaria que determina o pagamento em espécie de 30 dias de licença prêmio ao servidor Sanderson Danielli Leao referente ao período de 11/12/2018 a 10/12/2023</t>
+  </si>
+  <si>
     <t>Portaria 515/2025 nomeia e convoca aprovado do Concurso Público 001/2023 para Apoio Administrativo Educacional em Figueirópolis dOeste MTDispõe sobre a nomeação e convocação de candidatos aprovados no Concurso Público nº 001/2023 para suprir vagas no quadro de profissionais do Município de Figueirópolis dOeste MT e dá outras providências</t>
   </si>
   <si>
     <t>07/11/2025</t>
   </si>
   <si>
+    <t>Pagamento de licença prêmio à servidora Maria Madalena da Silva Santos pela Prefeitura de Figueirópolis D’Oeste MTPortaria que determina o pagamento de 30 dias de licença prêmio em espécie à servidora Maria Madalena da Silva Santos referente ao período de 21/11/2019 a 20/11/2024</t>
+  </si>
+  <si>
+    <t>Pagamento de licença prêmio ao servidor Willian David da Hora pela Prefeitura de Figueirópolis DOeste MTPortaria que determina o pagamento em espécie de 30 dias de licença prêmio ao servidor Willian David da Hora, referente ao período de 27/10/2020 a 26/10/2025, com ônus à dotação orçamentária própria e publicação na imprensa oficial do município</t>
+  </si>
+  <si>
     <t>Figueirópolis d’Oeste publica Portaria 482/2025 de nomeação e convocação de aprovados do Concurso 001/2023Prefeitura convoca nomeados para posse no cargo de Técnico Administrativo Educacional em até 30 dias a partir da publicação</t>
   </si>
   <si>
     <t>22/10/2025</t>
   </si>
   <si>
     <t>Portaria 463/2025 nomeia e convoca aprovados do Concurso Público 001/2023 em Figueirópolis d’Oeste MTDispõe sobre a nomeação e convocação de candidatos aprovados no Concurso Público nº 001/2023 para suprir vagas no quadro de profissionais do Município de Figueirópolis d’Oeste – MT.</t>
   </si>
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>Portaria 452/2025 Nomeação e convocação de aprovados no Concurso Público 001/2023 em Figueirópolis do Oeste MTDispõe sobre a nomeação e convocação de candidatos aprovados no Concurso Público 001/2023 para suprir vagas no quadro de profissionais do Município de Figueirópolis do Oeste MT</t>
   </si>
   <si>
     <t>10/10/2025</t>
   </si>
   <si>
     <t>Nomeação e convocação de aprovados no Concurso Público 001/2023 para Monitor Escolar em Figueirópolis d’Oeste MT Portaria 451/2025Prefeito nomeia e convoca candidatos aprovados para o cargo de Monitor Escolar com prazo de 30 dias para posse e apresentação de documentos e exames conforme edital</t>
   </si>
   <si>
     <t>09/10/2025</t>
   </si>
   <si>
     <t>PORTARIA N° 448/2025PREFEITURA MUNICIPAL DE FIGUEIRÓPOLIS D´OESTE07/10/2025Nomeia Fiscal de Contrato e dá Outras Providências</t>
@@ -114,50 +171,53 @@
     <t>Portaria 414/2025 nomeação e convocação de aprovado no Concurso 001/2023 para Motorista II em Figueirópolis d’Oeste MTDispõe sobre a nomeação e convocação de candidatos aprovados no Concurso Público nº 001/2023 para suprir vagas no quadro de profissionais do Município de Figueirópolis d’Oeste – MT</t>
   </si>
   <si>
     <t>15/09/2025</t>
   </si>
   <si>
     <t>Edital de Convocação e nomeação técnica de emfermagemPublicação trata da nomeação e convocação de candidato aprovado em concurso público para o cargo de Técnico em Enfermagem no município de Figueirópolis d’Oeste MT, incluindo orientações para posse e documentação exigida.</t>
   </si>
   <si>
     <t>21/08/2025</t>
   </si>
   <si>
     <t>Nomeação e convocação de aprovado em concurso público para o cargo de psicólogo em Figueirópolis dOeste MTDivulga nomeação e convocação de candidato aprovado no concurso público para o cargo de psicólogo, com orientações para apresentação de documentos e exames necessários para posse.</t>
   </si>
   <si>
     <t>02/07/2025</t>
   </si>
   <si>
     <t>Nomeação de Candidatos Aprovados no Concurso Público 001/2023Nomeação de candidatos aprovados no Concurso Público para cargos no Município de Figueirópolis dOeste.</t>
   </si>
   <si>
     <t>05/06/2025</t>
   </si>
   <si>
     <t>Nomeação de Aprovados no Concurso Público 001/2023A portaria trata da nomeação e convocação de candidatos aprovados no concurso público para o cargo de Técnico Administrativo Educacional, estabelecendo prazos e requisitos para a posse.</t>
+  </si>
+  <si>
+    <t>Processo Seletivo Simplificado 001/2025Seleção de profissionais temporários para a Secretaria Municipal de Educação de Figueirópolis dOeste.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -461,221 +521,374 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C18"/>
+  <dimension ref="A1:C35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2"/>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3"/>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4"/>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C5"/>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="C6"/>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C7"/>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B8" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C8"/>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B9" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="C9"/>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B10" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="C10"/>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B11" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C11"/>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B12" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="C12"/>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="B13" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="C13"/>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="B14" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C14"/>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B15" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="C15"/>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="B16" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="C16"/>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="B17" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="C17"/>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
+        <v>26</v>
+      </c>
+      <c r="B18" t="s">
+        <v>13</v>
+      </c>
+      <c r="C18"/>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" t="s">
+        <v>27</v>
+      </c>
+      <c r="B19" t="s">
+        <v>13</v>
+      </c>
+      <c r="C19"/>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" t="s">
+        <v>15</v>
+      </c>
+      <c r="B20" t="s">
+        <v>13</v>
+      </c>
+      <c r="C20"/>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" t="s">
+        <v>28</v>
+      </c>
+      <c r="B21" t="s">
+        <v>29</v>
+      </c>
+      <c r="C21"/>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" t="s">
+        <v>30</v>
+      </c>
+      <c r="B22" t="s">
+        <v>31</v>
+      </c>
+      <c r="C22"/>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" t="s">
+        <v>32</v>
+      </c>
+      <c r="B23" t="s">
         <v>33</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C23"/>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" t="s">
+        <v>34</v>
+      </c>
+      <c r="B24" t="s">
+        <v>35</v>
+      </c>
+      <c r="C24"/>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" t="s">
+        <v>36</v>
+      </c>
+      <c r="B25" t="s">
+        <v>37</v>
+      </c>
+      <c r="C25"/>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" t="s">
+        <v>38</v>
+      </c>
+      <c r="B26" t="s">
+        <v>37</v>
+      </c>
+      <c r="C26"/>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" t="s">
+        <v>39</v>
+      </c>
+      <c r="B27" t="s">
+        <v>40</v>
+      </c>
+      <c r="C27"/>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" t="s">
+        <v>41</v>
+      </c>
+      <c r="B28" t="s">
+        <v>42</v>
+      </c>
+      <c r="C28"/>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" t="s">
+        <v>43</v>
+      </c>
+      <c r="B29" t="s">
+        <v>42</v>
+      </c>
+      <c r="C29"/>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" t="s">
+        <v>44</v>
+      </c>
+      <c r="B30" t="s">
+        <v>45</v>
+      </c>
+      <c r="C30"/>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" t="s">
+        <v>46</v>
+      </c>
+      <c r="B31" t="s">
+        <v>47</v>
+      </c>
+      <c r="C31"/>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" t="s">
+        <v>48</v>
+      </c>
+      <c r="B32" t="s">
+        <v>49</v>
+      </c>
+      <c r="C32"/>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" t="s">
+        <v>50</v>
+      </c>
+      <c r="B33" t="s">
+        <v>51</v>
+      </c>
+      <c r="C33"/>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" t="s">
+        <v>52</v>
+      </c>
+      <c r="B34" t="s">
         <v>4</v>
       </c>
-      <c r="C18"/>
+      <c r="C34"/>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" t="s">
+        <v>53</v>
+      </c>
+      <c r="B35" t="s">
+        <v>11</v>
+      </c>
+      <c r="C35"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>