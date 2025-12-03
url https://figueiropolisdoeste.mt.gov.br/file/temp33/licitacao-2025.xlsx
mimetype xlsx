--- v0 (2025-11-03)
+++ v1 (2025-12-03)
@@ -12,753 +12,315 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="234">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Decrição</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>VER</t>
   </si>
   <si>
-    <t>CONTRATO Nº 080/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA VISANDO A EXECUÇÃO DE ADEQUAÇÃO DE ESTRADAS VICINAIS NO MUNICÍPIO DE FIGUEIROPOLIS D’OESTE – MT, ATRAVÉS DO CNTRATO DE REPASSE Nº 955522/2023/MIDR/CAIXA, CONFORME ESPECIFICAÇÕES TÉCNICAS CONSTANTES NO PROJETO BÁSICO E DEMAIS ANEXOS DO EDITAL.</t>
-[...237 lines deleted...]
-    <t>CONTRATO Nº 043-2025É objeto do presente contrato, o credenciamento de empresas para prestação de Serviços de Diagnóstico por LABORATORIO CLINICO E/OU CITOPATOLOGIA, de forma complementar ao Sistema Único de Saúde-SUS, para atender as demandas da Secretaria de Municipal de Saúde de Figueirópolis D’Oeste-MT.</t>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 028.2025REFERENTE AQUISIÇÃO BENEFÍCIOS EVENTUAIS (CESTAS BÁSICAS), A SEREM DISTRIBUÍDOS, PARA AS FAMÍLIAS USUÁRIAS DOS SERVIÇOS DE PROTEÇÃO E ATENDIMENTOS INTEGRAL À FAMÍLIA - PAIF/CRAS E DA EQUIPE DE PROTEÇÃO SOCIAL ESPECIAL/PSE, DE ACORDO COM OS CRITÉRIOS DA AVALIAÇÃO SOCIAL DA EQUIPE TÉCNICA DE REFERENCIA DO SERVIÇO.</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 24.2025REFERENTE AQUISIÇÃO DE EMBALAGENS E CONGÊRENERES PARA ATENDER A DEMANDA DA PREFEITURA MUNICIPAL DE SÃO JOSÉ DOS QUATRO MARCOS/MT</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - CONCORRÊNCIA ELETRÔNICA 06.2025CONSTRUÇÃO DO CENTRO DE EDUCAÇÃO INFANTIL – PRÓ INFÂNCIA TIPO B (20106) – (CRECHE BAIRRO SÃO FRANCISCO)</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 23.2025Registro de preço para aquisição de equipamentos a serem utilizados nos trabalhos da Secretaria de Agricultura do Município de São José dos Quatro Marcos/MT, de acordo com convenio nº 913203/2021.</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 14.2025REGISTRO DE PREÇO PARA FUTURA E EVENTUAL AQUISIÇÃO DE HIGIENE, CAMA, MESA, BANHO E UTENSÍLIOS PARA ATENDIMENTO DAS SECRETARIAS DA PREFEITURA MUNICIPAL DE SÃO JOSÉ DOS QUATRO MARCOS- MT.</t>
+  </si>
+  <si>
+    <t>Atas de Reg. de Preços - Pregão Eletrônico 15.2025Registro de preço para futura e eventual aquisição de placas de sinalizações e materiais diversos que serão utilizados na sinalização das via urbanas e rurais do Município de São José dos Quatro Marcos.</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 51.2025“Registro de preços para futura e eventual contratação de empresa especializada na prestação de locação de itens temporários e demais serviços necessários para a realização de eventos da Prefeitura Municipal de São José dos Quatro Marcos - MT.”</t>
+  </si>
+  <si>
+    <t>0304/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 49.2025“Registro de preço para futura e eventual aquisição de produtos químicos e dosador para utilização no tratamento de água utilizado pelo Município de São José dos Quatro Marcos através das ações do Departamento de Água e Esgoto – DAE”</t>
+  </si>
+  <si>
+    <t>0300/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 48.2025“Registro de preços para contratação de empresa especializada na prestação de serviços de limpeza em áreas especificas, consistindo na higienização de placas solares fotovoltaicas instaladas nos prédios e estruturas públicas pertencentes à Prefeitura Municipal de São José dos Quatro Marcos, incluindo o fornecimento de toda mão de obra qualificada, materiais, equipamentos e insumos necessários à perfeita execução dos serviços”</t>
+  </si>
+  <si>
+    <t>0299/2025</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITAÇÃO ELETRÔNICACONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA LOCAÇÃO DE ITENS TEMPORÁRIOS, DESTINADOS À ESTRUTURAÇÃO E REALIZAÇÃO DO 23º ENCONTRO DA MULHER RURAL E AVIVA;</t>
+  </si>
+  <si>
+    <t>0294/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 47.2025“REGISTROS DE PREÇOS PARA FUTURA E EVENTUAL AQUISIÇÃO DE PEÇAS DE SUBSTITUIÇÃO, INSTRUMENTOS MUSICAIS E MANUTENÇÃO/CONSERTO DOS INSTRUMENTOS MUSICAIS.”</t>
+  </si>
+  <si>
+    <t>0293/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 46.2025REGISTRO DE PREÇO PARA SERVIÇO DE MANUTENÇÃO E INSTALAÇÃO DE AR CONDICIONADO, MANUTENÇÃO DE ELETRODOMÉSTICOS E PEÇAS</t>
+  </si>
+  <si>
+    <t>0290/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - CONCORRÊNCIA ELETRÔNICA 08.2025CONCORRÊNCIA ELETRÔNICA 08.2025, onde o mesmo como OBJETO: CONSTRUÇÃO, MODERNIZAÇÃO E REFORMA DA PRAÇA DE ESPORTE DO MUNICÍPIO DE SÃO JOSÉ DOS QUATRO MARCOS - MT- PROPOSTA Nº 024680/2024.</t>
+  </si>
+  <si>
+    <t>0289/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 44.2025REGISTRO DE PREÇO PARA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA LOCAÇÃO DE MATERIAIS DE DECORAÇÃO E ILUMINAÇÃO, BEM COMO NA PRESTAÇÃO DE SERVIÇOS DE INSTALAÇÃO, MANUTENÇÃO E RETIRADA DA DECORAÇÃO E ILUMINAÇÃO NATALINA, A SEREM EXECUTADOS NA PRAÇA DA MATRIZ CENTRAL DO MUNICÍPIO DE SÃO JOSÉ DOS QUATRO MARCOS – MT.</t>
+  </si>
+  <si>
+    <t>0284/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 43.2025“CONTRATAÇÃO DE EMPRESA DE ESPECIALIZADA EM TECNOLOGIA DA INFORMAÇÃO PARA O FORNECIMENTO DE LOCAÇÃO E IMPLANTAÇÃO DE SOFTWARE COMO SERVIÇO (SAAS) PARA O PLANEJAMENTO URBANO DOS MUNICÍPIOS, GESTÃO DO CADASTRO TÉCNICO MULTIFINALITÁRIO MUNICIPAL INTEGRADO, REAVALIAÇÃO DA PLANTA GENÉRICA DE VALORES E ATUALIZAÇÃO DA BASE CARTOGRÁFICA CADASTRAL DOS MUNICÍPIOS PARA A MODERNIZAÇÃO DO GERENCIAMENTO ADMINISTRATIVO E TRIBUTÁRIO DOS MUNICÍPIOS.”</t>
+  </si>
+  <si>
+    <t>0281/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 42.2025AQUISIÇÃO DE ALIMENTAÇÃO DO TIPO MARMITEX DO TAMANHO “M” E “G” E ALIMENTAÇÃO DO TIPO SELF SERVICE PARA AS SECRETARIAS</t>
+  </si>
+  <si>
+    <t>0279/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 41.2025REGISTRO DE PREÇO PARA FUTURA E EVENTUAL AQUISIÇÃO DE BRITA1 E PEDRISCO QUE SERÃO UTILIZADOS NAS OBRAS DO MUNICÍPIO DE SÃO JOSÉ DOS QUATRO MARCOS MT</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 40.2025REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL AQUISIÇÃO DE MATERIAIS BETUMINOSOS (EMULSÃO ASFÁLTICA/ MASSA ASFÁLTICA) PARA PAVIMENTAÇÃO E MANUTENÇÃO DAS VIAS.</t>
+  </si>
+  <si>
+    <t>0264/2025</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO 039.2025 - ADESÃO DE ATA DE REGISTRO DE PREÇO - Nº 05/2025 – CONSÓRCIO PÚBLICO DE SAÚDE VALE DO TELES PIRES – SORRISO/MATO GROSSOPregão Eletrônico com Registro de Preços para futura e eventual aquisição de Materiais/Equipamentos Permanentes para atender as demandas dos municípios integrantes deste Consórcio.</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 37.2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE PLOTAGEM COM ADESIVO AUTOMOTIVO, INCLUINDO FORNECIMENTO DE MATERIAL, MÃO DE OBRA, INSTALAÇÃO E DEMAIS INSUMOS NECESSÁRIOS, VISANDO À IDENTIFICAÇÃO VISUAL PADRONIZADA DOS VEÍCULOS PERTENCENTES À FROTA OFICIAL DA PREFEITURA MUNICIPAL DE SÃO JOSÉ DOS QUATRO MARCOS – MT.</t>
+  </si>
+  <si>
+    <t>0256/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 36.2025“REFERENTE AQUISIÇÃO DE TUBOS DE CONCRETOS/MANILHAS, MALHA E BETONEIRA PARA ATENDER PROJETOS E AS DEMAIS DEMANDAS DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS.”</t>
+  </si>
+  <si>
+    <t>0255/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 35.2025REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE LOCAÇÃO DE ITENS TEMPORÁRIOS E DEMAIS SERVIÇOS NECESSÁRIOS PARA A REALIZAÇÃO DE EVENTOS.</t>
+  </si>
+  <si>
+    <t>0246/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 34.2025REGISTROS DE PREÇOS PARA FUTURA E EVENTUAL AQUISIÇÃO DE PEÇAS DE SUBSTITUIÇÃO, INSTRUMENTOS MUSICAIS E MANUTENÇÃO/CONSERTO DOS INSTRUMENTOS MUSICAIS.</t>
+  </si>
+  <si>
+    <t>0242/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 33.2025REFERENTE AQUISIÇÃO DO BAÚ ISOTÉRMICO PARA O CAMINHÃO CARGO DE PEQUENO PORTE PARA SECRETARIA DE AGRICULTURA DE SÃO JOSÉ DOS QUATRO MARCOS – MT.</t>
+  </si>
+  <si>
+    <t>0239/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - CONCORRÊNCIA ELETRÔNICA 07.2025OBRA DE PAVIMENTAÇÃO ASFÁLTICA E DRENAGEM EM AGUAS PLUVIAIS EM VIAS URBANAS DO BAIRRO JARDIM BELA VISTA, DO BAIRRO RESIDENCIAL ESCOBAR E BAIRRO RESIDENCIAL SOLARES DE SÃO JOSÉ DOS QUATRO MARCOS – MT, CONVENIO 925942 - SUDECO.</t>
+  </si>
+  <si>
+    <t>0236/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 32.2025REGISTRO DE PREÇO PARA FUTURA E EVENTUAL AQUISIÇÃO DE MATERIAIS DE INFORMÁTICA.</t>
+  </si>
+  <si>
+    <t>0229/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 030.2025“REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM MEDICINA DO TRABALHO, VISANDO À PRESTAÇÃO DE SERVIÇOS DE PERÍCIAS E FORMAÇÃO DE JUNTA MÉDICA, CONFORME AS ESPECIFICAÇÕES DESCRITAS NESTE DOCUMENTO.”</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 28.2025“REFERENTE AQUISIÇÃO BENEFÍCIOS EVENTUAIS (CESTAS BÁSICAS), A SEREM DISTRIBUÍDOS, PARA AS FAMÍLIAS USUÁRIAS DOS SERVIÇOS DE PROTEÇÃO E ATENDIMENTOS INTEGRAL À FAMÍLIA - PAIF/CRAS E DA EQUIPE DE PROTEÇÃO SOCIAL ESPECIAL/PSE, DE ACORDO COM OS CRITÉRIOS DA AVALIAÇÃO SOCIAL DA EQUIPE TÉCNICA DE REFERENCIA DO SERVIÇO.”</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 027.2025“REGISTRO DE PREÇO PARA FUTURA E EVENTUAL CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS GRÁFICOS.”</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 19.2025REFERENTE AQUISIÇÃO DE MATERIAIS DE CONSTRUÇÃO OBJETIVANDO AS MANUTENÇÕES DAS VIAS PÚBLICAS E PRÉDIOS MUNICIPAIS.</t>
+  </si>
+  <si>
+    <t>0115/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE RETIFICAÇÃO DE EDITAL - PREGÃO ELETRÔNICO 09.2025REFERENTE A AQUISIÇÃO DE MATERIAIS DE CONSTRUÇÃO OBJETIVANDO AS MANUTENÇÕES DAS VIAS PÚBLICAS E PRÉDIOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>0043/2025</t>
   </si>
   <si>
-    <t>CONTRATO Nº 042-2025É objeto do presente contrato, o credenciamento de empresas para prestação de Serviços de Diagnóstico por LABORATORIO CLINICO E/OU CITOPATOLOGIA, de forma complementar ao Sistema Único de Saúde-SUS, para atender as demandas da Secretaria de Municipal de Saúde de Figueirópolis D’Oeste-MT.</t>
-[...26 lines deleted...]
-    <t>CONTRATO Nº 038-2025Contratação de show artístico regional por intermédio de empresa detentora da exclusividade do artista, cujo o objeto trata-se de Show artístico musical com a banda STILO POP SOM, a ser realizado no dia 20 de abril de 2025, nas festividades de comemoração do 54º aniversário de Figueirópolis D’oeste – MT.</t>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 38.2025REFERENTE A LOCAÇÃO DE VEÍCULOS DO TIPO MUNCK, GUINCHO DE PRANCHA, LIMPA FOSSA, ESPARGIDOR, BETONEIRA E PERFURADOR DE POÇOS ARTESIANOS PARA ATENDER AS DEMANDA DA PREFEITURA MUNICIPAL E SUAS SECRETARIAS</t>
   </si>
   <si>
     <t>0038/2025</t>
   </si>
   <si>
-    <t>ADESÃO A ATA DE REGISTRO DE PREÇOS Nº 03/2025Contratação de Empresa Especializada para Prestação de Serviços na Confecção de Camisas e Camisetas, para atender as demandas das diversas Secretarias e Fundos Municipais do Município de Figueiropolis D’oeste – MT.</t>
-[...17 lines deleted...]
-    <t>DISPENSA DE LICITAÇÃO Nº 034/2025Contratação de empresa especializada na confecção de canecas de alumínio personalizadas e bolsas ecobag personalizadas, visando atender a demanda da Secretaria Municipal de Meio Ambiente e Desenvolvimento no evento da Mulher Rural.</t>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 08.2025REGISTRO DE PREÇO VISANDO AQUISIÇÃO DE VEÍCULO SUV PARA USO NAS ATIVIDADES E DESLOCAMENTOS DO GABINETE</t>
   </si>
   <si>
     <t>0035/2025</t>
   </si>
   <si>
-    <t>INEXIGIBILIDADE DE LICITAÇÃO Nº 011/2025Contratação de serviços técnico-profissionais especializados de Recuperação de Créditos, valores pagos indevidamente, objeto que se pretende contratar destina-se à elevação da receita e não à realização de despesa, ainda que se tenha que pagar pelo êxito que venha a ser eventualmente obtido, todavia não haverá necessidade de desembolso senão em face do ingresso efetivo de recursos ou da compensação dos créditos obtidos com dívidas do Município junto à União.</t>
-[...5 lines deleted...]
-    <t>AVISO DE DISPENSA DE LICITAÇÃO Nº 034/2025Contratação de empresa especializada na confecção de canecas de alumínio personalizadas e bolsas ecobag personalizadas, visando atender a demanda da Secretaria Municipal de Meio Ambiente e Desenvolvimento no evento da Mulher Rural.</t>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 07.2025REGISTRO DE PREÇO PARA FUTURA E EVENTUAL AQUISIÇÃO DE ÁGUA MINERAL E GÁS LIQUEFEITO.</t>
   </si>
   <si>
     <t>0034/2025</t>
   </si>
   <si>
-    <t>CONTRATO Nº 034-2025O presente termo tem por objeto repasse do superávit de recursos financeiros para repassar os valores da Assistência Financeira Complementar advindos da União, destinados ao cumprimento do piso salarial nacional de enfermeiros, técnicos e auxiliares de enfermagem e parteiras, instituído pela Lei 14.434/2022, Portaria GM/MS nº 1.135 de 16 de agosto de 2023 e Lei Municipal Nº 1.882/2023.</t>
-[...8 lines deleted...]
-    <t>CONTRATO Nº 032-2025CONTRATAÇÃO DE SHOW ARTÍSTICO NACIONAL POR INTERMÉDIO DE EMPRESA DETENTORA DA EXCLUSIVIDADE DO ARTISTA, CUJO O OBJETO TRATA-SE DE SHOW ARTÍSTICO MUSICAL COM A DUPLA PEDRO PAULO &amp; ALEX, A SER REALIZADO NO DIA 20 DE ABRIL DE 2025, NAS FESTIVIDADES DE COMEMORAÇÃO DO 54º ANIVERSÁRIO DE FIGUEIRÓPOLIS D’OESTE – MT.</t>
+    <t>AVISO DE LICITAÇÃO - CONCORRÊNCIA 02.2025OBRA DE PAVIMENTAÇÃO ASFÁLTICA, DRENAGEM DE ÁGUAS PLUVIAIS, CALÇADAS E SINALIZAÇÕES NAS VIAS URBANAS DO BAIRRO JARDIM ZEFERINO I E  BAIRROS ADJACENTES SENDO AS RUAS TEREZINHA, RUA SALUSTIANO E RUA INTERLIGADAS E OUTRAS NO MUNICÍPIO DE SÃO JOSÉ DOS QUATRO MARCOS-MT. CONTRATO DE REPASSE MCIDADES 917315/2021 – OPERAÇÃO 1078889-39”.</t>
   </si>
   <si>
     <t>0032/2025</t>
   </si>
   <si>
-    <t>AVISO DE DISPENSA DE LICITAÇÃO Nº 031/2025CONTRATAÇÃO DE EMPRESA PARA A PRESTAÇÃO DE SERVIÇOS DE PUBLICAÇÃO DE ATOS OFICIAIS (PUBLICIDADE LEGAL), EDITAIS E AVISOS DE LICITAÇÃO DO MUNICÍPIO DE FIGUEIRÓPOLIS D’OESTE/MT, EM JORNAL DIÁRIO DE GRANDE CIRCULAÇÃO E JORNAL DIÁRIO OFICIAL DA UNIÃO.</t>
+    <t>AVISO DE LICITAÇÃO - CONCORRÊNCIA 01.2025OBRA DE PAVIMENTAÇÃO ASFÁLTICA E DRENAGEM DE ÁGUAS PLUVIAIS URBANAS DO BAIRRO JARDIM SANTA ROSA (PARTE 02) E BAIRROS ADJACENTES NO MUNICÍPIO DE SÃO JOSÉ DOS QUATRO MARCOS –MT. CONVÊNIO 925965/2022 – OPERAÇÃO 1083078-02.</t>
   </si>
   <si>
     <t>0031/2025</t>
   </si>
   <si>
-    <t>CONTRATO Nº 031-2025CONTRATAÇÃO DE SHOW ARTÍSTICO REGIONAL POR INTERMÉDIO DE EMPRESA DETENTORA DA EXCLUSIVIDADE DO ARTISTA, CUJO O OBJETO TRATA-SE DE SHOW ARTÍSTICO MUSICAL COM A DUPLA JONATHAN &amp; ADAM, A SER REALIZADO NO DIA 21 DE ABRIL DE 2025, NAS FESTIVIDADES DE COMEMORAÇÃO DO 54º ANIVERSÁRIO DE FIGUEIRÓPOLIS D’OESTE – MT.</t>
-[...167 lines deleted...]
-    <t>CONTRATO Nº 013-2025COMPRA DE SERVIÇOS DE PROFISSIONAIS DA ÁREA DA SAÚDE, MODALIDADE DE MEDICO CLINICO GERAL - 40 (QUARENTA) HORAS SEMANAIS, CONFORME SOLICITAÇÃO DO MUNICÍPIO VIA OFICIO Nº 10/2025/SMS/FIG.</t>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 13.2025REGISTRO DE PREÇO PARA AQUISIÇÃO DE ÓRTESES, PRÓTESES E MEIOS AUXILIARES DE LOCOMOÇÃO</t>
   </si>
   <si>
     <t>0013/2025</t>
   </si>
   <si>
-    <t>DISPENSA DE LICITAÇÃO Nº 012/2025AQUISIÇÃO EMERGENCIAL DE SOLUÇÃO DE LIMPEZA LABORATORIAL PARA GARANTIR O ATENDIMENTO E SUPRIR AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SAÚDE NO ATENDIMENTO A POPULAÇÃO DE FIGUEIROPOLIS D’OESTE – MT.</t>
-[...23 lines deleted...]
-    <t>EDITAL DE INEXIGIBILIDADE Nº 010/2025CONTRATAÇÃO DE SERVIÇOS TÉCNICOS PROFISSIONAIS ESPECIALIZADOS, POR EMPRESA OU ESCRITÓRIO DE ADVOCACIA DE NOTÓRIA ESPECIALIZAÇÃO, PARA O PATROCÍNIO DE PROCESSOS ADMINISTRATIVOS E PRESTAÇÃO DE ASSESSORIA TÉCNICA JURÍDICA ESPECIALIZADA PERANTE O TRIBUNAL DE CONTAS DO ESTADO DE MATO GROSSO (TCE/MT)</t>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 010.2025REFERENTE AQUISIÇÃO DE FÁBRICA DE RAÇÃO EM CONFORMIDADE COM O CONVÊNIO Nº 0577/2020.</t>
   </si>
   <si>
     <t>0010/2025</t>
   </si>
   <si>
-    <t>DISPENSA DE LICITAÇÃO Nº 010/2025Contratação de empresa especializada em seguro total de veículos, por meio de processo licitatório, em conformidade com o art. 75 Inciso VIII da Lei 14.133/2021, por emergência em virtude que os veículos alocados nas Secretarias de Educação e Saúde estão totalmente desprovidos de cobertura de seguros, visto que esses veículos transportam diariamente vidas, sendo alunos e pacientes que necessitam desses transportes. A proposta deverá ter cobertura contra danos materiais resultantes de sinistros d</t>
-[...32 lines deleted...]
-    <t>ATA DE REGISTRO DE PREÇOS Nº 06/2025Registro de preços para aquisição de materiais de aviamentos para manutenção das secretarias do município.</t>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 03.2025REGISTRO DE PREÇO PARA FUTURA E EVENTUAL AQUISIÇÃO DE GÊNERO ALIMENTÍCIO PARA ATENDIMENTO DAS SECRETARIAS DA PREFEITURA MUNICIPAL DE SÃO JOSÉ DOS QUATRO MARCOS- MT.</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 02.2025REGISTRO DE PREÇO PARA CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇO DE SISTEMA INFORMATIZADO INTEGRADO PARA ABASTECIMENTO DE COMBUSTÍVEL E A MANUTENÇÃO PREVENTIVA E CORRETIVA DE VEÍCULOS E MÁQUINAS DO MUNICÍPIO IDE SÃO JOSÉ DOS QUATRO MARCOS – MT.</t>
   </si>
   <si>
     <t>0006/2025</t>
   </si>
   <si>
-    <t>DISPENSA DE LICITAÇÃO Nº 006/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM SEGURO TOTAL DE VEÍCULOS, POR MEIO DE PROCESSO LICITATÓRIO, COM COBERTURA CONTRA DANOS MATERIAIS RESULTANTES DE SINISTROS DE ROUBO OU FURTO, COLISÃO, INCÊNDIO, DANOS CAUSADOS PELA NATUREZA, ATOS DANOSOS PRATICADOS POR TERCEIROS E ASSISTÊNCIA 24 HORAS, PARA 21 (VINTE E UM) VEÍCULOS PERTENCENTES À FROTA DO MUNICÍPIO DE FIGUEIRÓPOLIS D’OESTE – MT.</t>
-[...23 lines deleted...]
-    <t>RESULTADO E RATIFICAÇÃO CHAMADA PÚBLICA Nº 004/2025CHAMADA PÚBLICA PARA A AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS DA AGRICULTURA FAMILIAR E DO EMPREENDEDOR FAMILIAR RURAL, PARA O ATENDIMENTO AO PROGRAMA NACIONAL DE ALIMENTAÇÃO ESCOLAR – PNAE, CONFORME ESPECIFICAÇÕES DOS GÊNEROS ALIMENTÍCIOS NO ANEXO I – TERMO DE REFERÊNCIA.</t>
+    <t>AVISO DE LICITAÇÃO - CONCORRÊNCIA ELETRÔNICA 04.2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA CONSTRUÇÃO DE UNIDADE BÁSICA DE SAÚDE - PORTE 1, PSF- PROGRAMA DE SAÚDE DA FAMÍLIA DO BAIRRO JARDIM ZEFERINO II, NO MUNICÍPIO DE SÃO JOSÉ DOS QUATRO MARCOS–MT, CONFORME CONDIÇÕES E EXIGÊNCIAS ESTABELECIDAS NA LEGISLAÇÃO PERTINENTE E NOS PROJETOS EM ANEXO.</t>
   </si>
   <si>
     <t>0004/2025</t>
   </si>
   <si>
-    <t>Aviso de Chamada Pública/Credenciamento nº 004/2025Aquisição de gêneros alimentícios da agricultura familiar para a alimentação escolar.</t>
-[...14 lines deleted...]
-    <t>CHAMAMENTO PÚBLICO/CREDENCIAMENTO N° 003/2025CREDENCIAMENTO para a PRESTAÇÃO DE SERVIÇOS DE DIAGNÓSTICO POR LABORATORIO CLINICO E/OU CITOPATOLOGIA, DE FORMA COMPLEMENTAR AO SISTEMA ÚNICO DE SAÚDE-SUS, PARA ATENDER AS DEMANDAS DA SECRETARIA DE MUNICIPAL DE SAÚDE DE FIGUEIRÓPOLIS D’OESTE-MT.</t>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 01.2025REGISTRO DE PREÇO PARA FUTURA E EVENTUAL AQUISIÇÃO DE MEDICAMENTOS PARA FARMÁCIA BÁSICA MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - CONCORRÊNCIA ELETRÔNICA 03.2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA CONSTRUÇÃO DE UNIDADE BÁSICA DE SAÚDE RURAL – BRUNA VENDRAMEL JUNQUEIRA - PORTE 1, PSF- PROGRAMA DE SAÚDE DA FAMÍLIA DE ATENDIMENTO A COMUNIDADE RURAL DO MUNICÍPIO DE SÃO JOSÉ DOS QUATRO MARCOS–MT, CONFORME CONDIÇÕES E EXIGÊNCIAS ESTABELECIDAS NA LEGISLAÇÃO PERTINENTE E NOS PROJETOS EM ANEXO.</t>
   </si>
   <si>
     <t>0003/2025</t>
   </si>
   <si>
-    <t>ATA DE REGISTRO DE PREÇOS Nº 03/2025Registro de preços para futura e eventual aquisição de peças e prestação de serviços para instalação e manutenção de ar condicionados.</t>
-[...29 lines deleted...]
-    <t>EDITAL DE CONCORRÊNCIA PÚBLICA Nº 01/2025Contratação de empresa para execução de serviços de mão de obra e fornecimento de materiais na construção de calçadas, sarjetas, drenagem superficial e sinalização viária em vias públicas.</t>
+    <t>AVISO DE DISPENSA ELETRÔNICA Nº 003/2025AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS, PARA ATENDER AS UNIDADES ESCOLARES DO ENSINO FUNDAMENTAL E CENTROS DE EDUCAÇÃO INFANTIL.</t>
+  </si>
+  <si>
+    <t>AVISO DE DISPENSA DE LICITAÇÃODispensa de Licitação para aquisição de porta de vidro temperado.</t>
   </si>
   <si>
     <t>0001/2025</t>
   </si>
   <si>
-    <t>ATA DE REGISTRO DE PREÇOS Nº 01/2025Registro de preços para futura contratação de serviços diversos para as Secretarias do Município.</t>
-[...26 lines deleted...]
-    <t>INEXIGIBILIDADE DE LICITAÇÃO Nº 005/2025Contratação de show artístico nacional por intermédio de empresa detentora da exclusividade do artista, cujo o objeto trata-se de Show artístico musical com o cantor ERRE SOM, a ser realizado no dia 19 de abril de 2025, nas festividades de comemoração do 54º aniversário de Figueirópolis D’oeste – MT.</t>
+    <t>AVISO DE CREDENCIAMENTO 01/2025Objeto: CREDENCIAMENTO N.º 001/2025, conforme termos deste edital, cuja finalidade é o credenciamento de pessoas jurídicas para atuar como Pedreiro; Servente de Pedreiro; Pintor; Calheiro; Gesseiro; Vidraceiro; Eletricista; Ajudante de Eletricista; Jardineiro; Serralheiro; Encanador;  Entregador de malote independente, instalador de forro, mecânico elétrico veicular, operador de máquinas pesadas para atender demandas da Prefeitura Municipal e suas secretarias, durante o exercício de 2025 (até 31</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE 01-2025 PRESTAÇÃO DE SERVIÇO DE CAPACITAÇÃO E TREINAMENTO DOS PROFISSIONAIS DA REDE MUNICIPAL DE ENSINO NA SEMANA PEDAGÓGICA, QUE ACONTECERÁ ENTRE OS DIAS 10 E 14 DE FEVEREIRO DE 2025INEXIGIBILIDADE 01.2025
+PROCESSO VISANDO PRESTAÇÃO DE SERVIÇO DE CAPACITAÇÃO E TREINAMENTO DOS PROFISSIONAIS DA REDE MUNICIPAL DE ENSINO NA SEMANA PEDAGÓGICA, QUE ACONTECERÁ ENTRE OS DIAS 10 E 14 DE FEVEREIRO DE 2025.</t>
+  </si>
+  <si>
+    <t>06 - Ordem Cronológica de Pagamento - Junho 2025-2</t>
+  </si>
+  <si>
+    <t>05 - Ordem Cronológica de Pagamento - Maio 2025-2</t>
+  </si>
+  <si>
+    <t>Plano de Contratação Anual - PCA 2025</t>
+  </si>
+  <si>
+    <t>04 - Ordem Cronológica de Pagamento - Abril 2025-2</t>
+  </si>
+  <si>
+    <t>03 - Ordem Cronológica de Pagamento - Março 2025-2</t>
+  </si>
+  <si>
+    <t>02 - Ordem Cronológica de Pagamento - Fevereiro 2025-2</t>
+  </si>
+  <si>
+    <t>01 - Ordem Cronológica de Pagamento - Janeiro 2025-2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1062,1455 +624,540 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C156"/>
+  <dimension ref="A1:C55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
-      <c r="B2" t="s">
-        <v>4</v>
+      <c r="B2">
+        <v>2025</v>
       </c>
       <c r="C2"/>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>4</v>
+      </c>
+      <c r="B3">
+        <v>2025</v>
       </c>
       <c r="C3"/>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>5</v>
+      </c>
+      <c r="B4">
+        <v>2025</v>
       </c>
       <c r="C4"/>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>6</v>
+      </c>
+      <c r="B5">
+        <v>2025</v>
       </c>
       <c r="C5"/>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>7</v>
+      </c>
+      <c r="B6">
+        <v>2025</v>
       </c>
       <c r="C6"/>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>8</v>
+      </c>
+      <c r="B7">
+        <v>2025</v>
       </c>
       <c r="C7"/>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="B8" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C8"/>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C9"/>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B10" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C10"/>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B11" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C11"/>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="B12" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="C12"/>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="B13" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C13"/>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="B14" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="C14"/>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="B15" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="C15"/>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B16" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="C16"/>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B17" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C17"/>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>29</v>
+      </c>
+      <c r="B18">
+        <v>277</v>
       </c>
       <c r="C18"/>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="B19" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="C19"/>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>32</v>
+      </c>
+      <c r="B20">
+        <v>259</v>
       </c>
       <c r="C20"/>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="B21" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="C21"/>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="B22" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C22"/>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B23" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C23"/>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="B24" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="C24"/>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="B25" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="C25"/>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="B26" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="C26"/>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="B27" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C27"/>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>47</v>
+      </c>
+      <c r="B28">
+        <v>193</v>
       </c>
       <c r="C28"/>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>48</v>
+      </c>
+      <c r="B29">
+        <v>167</v>
       </c>
       <c r="C29"/>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>49</v>
+      </c>
+      <c r="B30">
+        <v>165</v>
       </c>
       <c r="C30"/>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="B31" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="C31"/>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="B32" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="C32"/>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="B33" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="C33"/>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="B34" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="C34"/>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="B35" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="C35"/>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="B36" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="C36"/>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="B37" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="C37"/>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="B38" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="C38"/>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="B39" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="C39"/>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="B40" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="C40"/>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="B41" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C41"/>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="B42" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="C42"/>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="B43" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="C43"/>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="B44" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="C44"/>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="B45" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="C45"/>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="B46" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="C46"/>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="B47" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="C47"/>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="B48" t="s">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="C48"/>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="B49"/>
       <c r="C49"/>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="B50"/>
       <c r="C50"/>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="B51"/>
       <c r="C51"/>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>93</v>
-[...3 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="B52"/>
       <c r="C52"/>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>95</v>
-[...3 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="B53"/>
       <c r="C53"/>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>86</v>
+      </c>
+      <c r="B54"/>
       <c r="C54"/>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>98</v>
-[...3 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="B55"/>
       <c r="C55"/>
-    </row>
-[...899 lines deleted...]
-      <c r="C156"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>