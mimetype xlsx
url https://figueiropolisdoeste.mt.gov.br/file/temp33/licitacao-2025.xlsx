--- v1 (2025-12-03)
+++ v2 (2025-12-18)
@@ -12,315 +12,1517 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="489">
   <si>
     <t>Decrição</t>
   </si>
   <si>
-    <t>Número</t>
+    <t>Data</t>
   </si>
   <si>
     <t>VER</t>
   </si>
   <si>
-    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 028.2025REFERENTE AQUISIÇÃO BENEFÍCIOS EVENTUAIS (CESTAS BÁSICAS), A SEREM DISTRIBUÍDOS, PARA AS FAMÍLIAS USUÁRIAS DOS SERVIÇOS DE PROTEÇÃO E ATENDIMENTOS INTEGRAL À FAMÍLIA - PAIF/CRAS E DA EQUIPE DE PROTEÇÃO SOCIAL ESPECIAL/PSE, DE ACORDO COM OS CRITÉRIOS DA AVALIAÇÃO SOCIAL DA EQUIPE TÉCNICA DE REFERENCIA DO SERVIÇO.</t>
-[...252 lines deleted...]
-    <t>01 - Ordem Cronológica de Pagamento - Janeiro 2025-2</t>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 019/2025Registro de preços para futura e eventual aquisição de material permanente, em atendimento as necessidades da Secretaria Municipal de Educação e Cultura.</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 026/2025AQUISIÇÃO DE KIT PIROTÉCNICO (MONTAGEM E EXECUÇÃO) PARA AS FESTIVIDADES DO RÉVEILLON 2025/2026, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA.</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 060/2025Registro de Preços para Futura e Eventual Aquisição de Equipamentos Audiovisuais e de Conectividade destinados à estrutura da sala de transmissões ao vivo do Paço Municipal.</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 059/2025Registro de Preços para Futura e Eventual Aquisição de Materiais de Limpeza, Copa e Cozinha, em atendimento às Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 207/2025 - ADESÃO Nº 018/2025Registro de preço para contratação de pessoa jurídica especializada na prestação de serviços com fornecimento de infraestrutura necessária à realização de eventos e festividades para o município de Araputanga/MT.</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 018/2025Registro de Preço para Contratação de pessoa jurídica especializada na prestação de serviços com fornecimento de infraestrutura necessária à realização de eventos e festividades para o município de Araputanga/MT.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO -  PREGÃO ELETRÔNICO Nº 055/2025REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL AQUISIÇÃO DE MADEIRA SERRADA EM PRANCHA E EM BLOCO, DESTINADA À CONSTRUÇÃO DE NOVAS PONTES E À MANUTENÇÃO DAS EXISTENTES, EM ATENDIMENTO ÀS NECESSIDADES DA SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA.</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 058/2025Registro de Preços para Futura e Eventual Aquisição de Oxigênios Medicinais e Válvula Reguladora, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - CONCORRÊNCIA ELETRÔNICA Nº 005/2025Contratação de Empresa Especializada para a Construção da Nova Sede da Secretaria de Obras e Infraestrutura do Município de Araputanga/MT.</t>
+  </si>
+  <si>
+    <t>03/12/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 057/2025Registro de Preços para Futura e Eventual Aquisição de Estaca, Palanques de Eucalipto e Arame Liso, em atendimento a Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 206/2025 - ADESÃO Nº 017/2025Registro de preços para a eventual aquisição de mobiliários escolar, para atender as necessidades dos centros de educação Infantil.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 205/2025 - PREGÃO ELETRÔNICO Nº 049/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente e Utensílios de Copa Cozinha, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 053/2025REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS E LOCAÇÃO DE ESTRUTURA PARA EVENTOS DE PEQUENO PORTE, EM ATENDIMENTO ÀS DEMANDAS DAS DIVERSAS SECRETARIA MUNICIPAIS.</t>
+  </si>
+  <si>
+    <t>02/12/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 204/2025 - PREGÃO ELETRÔNICO Nº 049/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente e Utensílios de Copa Cozinha, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 203/2025 - PREGÃO ELETRÔNICO Nº 049/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente e Utensílios de Copa Cozinha, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 202/2025 - PREGÃO ELETRÔNICO Nº 049/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente e Utensílios de Copa Cozinha, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 201/2025 - PREGÃO ELETRÔNICO Nº 049/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente e Utensílios de Copa Cozinha, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 200/2025 - PREGÃO ELETRÔNICO Nº 049/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente e Utensílios de Copa Cozinha, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 199/2025 - PREGÃO ELETRÔNICO Nº 049/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente e Utensílios de Copa Cozinha, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 198/2025 - PREGÃO ELETRÔNICO Nº 049/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente e Utensílios de Copa Cozinha, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 197/2025 - PREGÃO ELETRÔNICO Nº 049/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente e Utensílios de Copa Cozinha, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 196/2025 - PREGÃO ELETRÔNICO Nº 049/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente e Utensílios de Copa Cozinha, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 017/2025Registro de preços para a eventual aquisição de mobiliários escolar, para atender as necessidades dos centros de educação Infantil.</t>
+  </si>
+  <si>
+    <t>01/12/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 195/2025 - ADESÃO Nº 016/2025Registro de preços para futura e eventual aquisição de móveis planejados, para atender as necessidades das escolas municipais e centros de educação infantil.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 056/2025Registro de Preços para Futura e Eventual Serviço de Material de Serralheira e o fornecimento estruturas metálicas em geral, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>28/11/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - INEXIGIBILIDADE Nº 029/2025 - CREDENCIAMENTO Nº 007-2025Contratação de Show Artístico Musical Municipal ou Regional para atender às necessidades das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 052/2025REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS, EM ATENDIMENTO A DEMANDAS DAS SECRETARIAS MUNICIPAIS.</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 016/2025Registro de preços para futura e eventual aquisição de móveis planejados, para atender as necessidades das escolas municipais e centros de educação infantil.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 194/2025 - PREGÃO ELETRÔNICO Nº 043/2025Registro de Preços para Futura e Eventual Aquisição de Material Laboratorial, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>26/11/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 193/2025 - PREGÃO ELETRÔNICO Nº 043/2025Registro de Preços para Futura e Eventual Aquisição de Material Laboratorial, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 192/2025 - PREGÃO ELETRÔNICO Nº 043/2025Registro de Preços para Futura e Eventual Aquisição de Material Laboratorial, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 191/2025 - PREGÃO ELETRÔNICO Nº 043/2025Registro de Preços para Futura e Eventual Aquisição de Material Laboratorial, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 190/2025 - PREGÃO ELETRÔNICO Nº 043/2025Registro de Preços para Futura e Eventual Aquisição de Material Laboratorial, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 189/2025 - PREGÃO ELETRÔNICO Nº 043/2025Registro de Preços para Futura e Eventual Aquisição de Material Laboratorial, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 188/2025 - PREGÃO ELETRÔNICO Nº 043/2025Registro de Preços para Futura e Eventual Aquisição de Material Laboratorial, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 187/2025 - PREGÃO ELETRÔNICO Nº 043/2025Registro de Preços para Futura e Eventual Aquisição de Material Laboratorial, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 186/2025 - PREGÃO ELETRÔNICO Nº 043/2025Registro de Preços para Futura e Eventual Aquisição de Material Laboratorial, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 185/2025 - PREGÃO ELETRÔNICO Nº 043/2025Registro de Preços para Futura e Eventual Aquisição de Material Laboratorial, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 184/2025 - PREGÃO ELETRÔNICO Nº 043/2025Registro de Preços para Futura e Eventual Aquisição de Material Laboratorial, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 183/2025 - PREGÃO ELETRÔNICO Nº 043/2025Registro de Preços para Futura e Eventual Aquisição de Material Laboratorial, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 182/2025 - PREGÃO ELETRÔNICO Nº 043/2025Registro de Preços para Futura e Eventual Aquisição de Material Laboratorial, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 054/2025Registro de Preços para o Serviços de Confecção de Material Gráfico referente aos itens fracassados do Pregão Eletrônico n.º 026/2025, em atendimento as Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 181/2025 - ADESÃO Nº 015/2025Registro de preços para futura e eventual aquisição de brinquedos pedagógicos e recreativos, destinados a atender as necessidades dos centros de educação infantil e escolas municipais.</t>
+  </si>
+  <si>
+    <t>24/11/2025</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 015/2025Registro de preços para futura e eventual aquisição de brinquedos pedagógicos e recreativos, destinados a atender as necessidades dos centros de educação infantil e escolas municipais.</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 014/2025Registro de preços para contratação de empresa para futura e eventual aquisição de materiais elétricos afim de garantir a manutenção/modernização da Iluminação Pública do lago azul no município de Araputanga/MT.</t>
+  </si>
+  <si>
+    <t>19/11/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO  - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 025/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A PRESTAÇÃO DE SERVIÇO DE INSTALAÇÃO E MANUTENÇÃO DA FONTE ORNAMENTAL DA PRAÇA MUNICIPAL ROMEU FURLAN, EM ATENDIMENTO ÀS NECESSIDADES DA SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA.</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 024/2025AQUISIÇÃO DE PRESÉPIOS, COM PEÇAS CONFECCIONADAS EM RESINA, E DE UMA ÁRVORE DE NATAL COM SEUS REPECTIVOS ENFEITES, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 180/2025 - ADESÃO Nº 014/2025Registro de preços para contratação de empresa para futura e eventual aquisição de materiais elétricos afim de garantir a manutenção/modernização da iluminação Pública do lago azul no Município de Araputanga/MT.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 179/2025 - PREGÃO ELETRÔNICO Nº 016/2025Registro de Preços para futura e eventual aquisição de Material para Sinalização das Ruas e Avenidas Municipais, em atendimento à demanda da Secretaria de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>18/11/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 178/2025 - PREGÃO ELETRÔNICO Nº 040/2025Registro de preços para futura e eventual contratação de empresa para prestação de serviços, com fornecimento de materiais, instalação, remanejamento, desmontagem e montagem de divisórias leves, portas e janelas em vidro temperado e forro em PVC, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>13/11/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 177/2025 - ADESÃO Nº 013/2025Registro de Preço para Futura e Eventual Aquisição de veículo novo zero km, para a Secretaria Municipal de Assistência Social.</t>
+  </si>
+  <si>
+    <t>07/11/2025</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 013/2025Registro de Preços para Futura e Eventual Aquisição de veículo novo zero km, para a Secretaria Municipal de Assistência Social.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 176/2025 - PREGÃO ELETRÔNICO Nº 050/2025Registro de Preços para futura e eventual aquisição de borracha granulada, nas granulometrias de 2MM/3MM, destinada à manutenção periódica de gramado sintético esportivo do campo de futebol Society, em atendimento à demanda da Secretaria de esportes e lazer.</t>
+  </si>
+  <si>
+    <t>06/11/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 175/2025  - PREGÃO ELETRÔNICO Nº 048/2025Registro de Preços para Futura e Eventual Serviço de Instalação de Software, Implantação e Homologação e Serviço de Locação de Software para a Área da Saúde, para atender as demandas das Unidades Básicas de Saúde.</t>
+  </si>
+  <si>
+    <t>05/11/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO  - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 023/2025CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS DE LICENCIAMENTO DE LINHAS FIXAS VIRTUAIS COM PABX EM NUVEM. EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO.</t>
+  </si>
+  <si>
+    <t>03/11/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO  - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 022/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A PRESTAÇÃO DE SERVIÇO DE LEVANTAMENTO TOPOGRÁFICO, EM ATENDIMENTO A SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 174/2025 - PREGÃO ELETRÔNICO Nº 047/2025Registro de Preços para futura e eventual aquisição de material de expediente, papel A4, em atendimento às necessidades das diversas Secretarias Municipais de Araputanga - MT.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 051/2025Registro de Preços para Futura e Eventual Aquisição de ANALISADOR BIOQUÍMICO AUTOMATIZADO, conforme especificações técnicas detalhadas neste Termo de Referência.</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - INEXIGIBILIDADE DE LICITAÇÃO Nº 028/2025AQUISIÇÃO DE IMÓVEL NO PERÍMETRO URBANO, CONFORME A LEI MUNICIPAL Nº 1.840/2025, EM ATENDIMENTO ÀS DEMANDAS DA SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA.</t>
+  </si>
+  <si>
+    <t>23/10/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - INEXIGIBILIDADE DE LICITAÇÃO Nº 026/2025AQUISIÇÃO DE IMÓVEL ONDE FUNCIONA O HOSPITAL E MATERNIDADE ARAPUTANGA LTDA, BEM COMO EQUIPAMENTOS, BENS MÓVEIS, TUDO CONFORME LAUDO TÉCNICO DE AVALIAÇÃO E LEI MUNICIPAL Nº 1.829/2025, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE SAÚDE.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 173/2025 - PREGÃO ELETRÔNICO Nº 046/2025Registro de Preços para Futura e Eventual Contratação de Serviço de Higienização dos Veículos e Motocicletas Oficiais, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - INEXIGIBILIDADE Nº 027/2025 - CREDENCIAMENTO Nº 006-2025Credenciamento de Arbitragem Esportiva, em Atendimento a Demanda da Secretaria Municipal de Esporte e Lazer.</t>
+  </si>
+  <si>
+    <t>21/10/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 172/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>20/10/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 171/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 170/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 169/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 168/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 167/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 166/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 165/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 164/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 163/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 162/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 161/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 160/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 159/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 158/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO – INEXIGIBILIDADE DE LICITAÇÃO Nº 025/2025CONTRATAÇÃO DE PESSOA JURÍDICA PARA CAPACITAÇÃO TEÓRICA E PRÁTICA PARA DIAGNÓSTICO E MANEJO CLÍNICO DA HANSENÍASE COM A FADESP, PARA AS EQUIPES MULTIPROFISSIONAIS DA SAÚDE, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE SAÚDE.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 157/2025 - PREGÃO ELETRÔNICO Nº 045/2025Registro de Preços Para Futura e Eventual Locação De Brinquedos Infláveis e Máquinas De Algodão Doce E Máquina De Pipoca, em atendimento a diversas secretarias do Município.</t>
+  </si>
+  <si>
+    <t>17/10/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 156/2025 - PREGÃO ELETRÔNICO Nº 044/2025Registro de Preços para Futura e Eventual Aquisição de Medicamentos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>15/10/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 155/2025 - PREGÃO ELETRÔNICO Nº 044/2025Registro de Preços para Futura e Eventual Aquisição de Medicamentos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 154/2025 - PREGÃO ELETRÔNICO Nº 041/2025Registro de Preços para Futura e Eventual Aquisição de Fórmulas Nutricionais, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>13/10/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 153/2025 - PREGÃO ELETRÔNICO Nº 041/2025Registro de Preços para Futura e Eventual Aquisição de Fórmulas Nutricionais, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 152/2025 - PREGÃO ELETRÔNICO Nº 041/2025Registro de Preços para Futura e Eventual Aquisição de Fórmulas Nutricionais, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 151/2025 - PREGÃO ELETRÔNICO Nº 041/2025Registro de Preços para Futura e Eventual Aquisição de Fórmulas Nutricionais, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 150/2025 - PREGÃO ELETRÔNICO Nº 041/2025Registro de Preços para Futura e Eventual Aquisição de Fórmulas Nutricionais, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 149/2025 - PREGÃO ELETRÔNICO Nº 041/2025Registro de Preços para Futura e Eventual Aquisição de Fórmulas Nutricionais, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 148/2025 - PREGÃO ELETRÔNICO Nº 038/2025Registro de Preços para Futura e Eventual Aquisição de FILMES PARA RAIO-X, em atendimento a Secretaria de Saúde.</t>
+  </si>
+  <si>
+    <t>10/10/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 147/2025 - PREGÃO ELETRÔNICO Nº 038/2025Registro de Preços para Futura e Eventual Aquisição de FILMES PARA RAIO-X, em atendimento a Secretaria de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 146/2025 - PREGÃO ELETRÔNICO Nº 042/2025Registro de Preços para Futura e Eventual Aquisição de Tintas para Demarcação de Sinalização Viária, em atendimento à demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>09/10/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 145/2025 - PREGÃO ELETRÔNICO Nº 042/2025Registro de Preços para Futura e Eventual Aquisição de Tintas para Demarcação de Sinalização Viária, em atendimento à demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 050/2025Registro de Preços para futura e eventual aquisição de borracha granulada, nas granulometrias de 2MM/3MM, destinada à manutenção periódica de gramado sintético esportivo do campo de futebol Society, em atendimento à demanda da Secretaria de esportes e lazer.</t>
+  </si>
+  <si>
+    <t>08/10/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 144/2025 - ADESÃO Nº 012/2025Registro de Preço para Futura e Eventual Aquisição de veículo zero km, para a Secretaria Municipal de Educação e Cultura.</t>
+  </si>
+  <si>
+    <t>07/10/2025</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 012/2025Registro de Preços para Futura e Eventual Aquisição de veículo novo zero km, para a Secretaria Municipal de Educação e Cultura.</t>
+  </si>
+  <si>
+    <t>06/10/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 049/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente e Utensílios de Copa Cozinha, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>02/10/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 048/2025Registro de Preços para Futura e Eventual Serviço de Instalação de Software, Implantação e Homologação e Serviço de Locação de Software para a Área da Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 143/2025 - PREGÃO ELETRÔNICO Nº 036/2025Registro de preços para futura e eventual aquisição de MATERIAIS PERMANENTES ODONTOLÓGICOS E HOSPITALARES, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 142/2025 - PREGÃO ELETRÔNICO Nº 036/2025Registro de preços para futura e eventual aquisição de MATERIAIS PERMANENTES ODONTOLÓGICOS E HOSPITALARES, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 141/2025 - PREGÃO ELETRÔNICO Nº 036/2025Registro de preços para futura e eventual aquisição de MATERIAIS PERMANENTES ODONTOLÓGICOS E HOSPITALARES, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 140/2025 - PREGÃO ELETRÔNICO Nº 036/2025Registro de preços para futura e eventual aquisição de MATERIAIS PERMANENTES ODONTOLÓGICOS E HOSPITALARES, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 139/2025 - PREGÃO ELETRÔNICO Nº 036/2025Registro de preços para futura e eventual aquisição de MATERIAIS PERMANENTES ODONTOLÓGICOS E HOSPITALARES, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 138/2025 - PREGÃO ELETRÔNICO Nº 036/2025Registro de preços para futura e eventual aquisição de MATERIAIS PERMANENTES ODONTOLÓGICOS E HOSPITALARES, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 137/2025 - PREGÃO ELETRÔNICO Nº 036/2025Registro de preços para futura e eventual aquisição de MATERIAIS PERMANENTES ODONTOLÓGICOS E HOSPITALARES, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 136/2025 - PREGÃO ELETRÔNICO Nº 036/2025Registro de preços para futura e eventual aquisição de MATERIAIS PERMANENTES ODONTOLÓGICOS E HOSPITALARES, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 047/2025Registro de Preços para futura e eventual aquisição de MATERIAL DE EXPEDIENTE, Papel A4, em atendimento às necessidades das diversas Secretarias Municipais de Araputanga - MT.</t>
+  </si>
+  <si>
+    <t>30/09/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO – INEXIGIBILIDADE DE LICITAÇÃO Nº 024/2025CONTRATAÇÃO DE SHOW ARTÍSTICO MUSICAL COM O CANTOR JHONATAN WILHAN, EM COMEMORAÇÃO AO MÊS DO IDOSO, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL.</t>
+  </si>
+  <si>
+    <t>26/09/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 046/2025Registro de Preços para Futura e Eventual Contratação de Serviço de Higienização dos Veículos e Motocicletas Oficiais, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 045/2025Registro de Preços Para Futura e Eventual Locação de Brinquedos Infláveis e Máquinas de Algodão Doce e Máquina de Pipoca, em atendimento a diversas secretarias do Município.</t>
+  </si>
+  <si>
+    <t>24/09/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO – INEXIGIBILIDADE DE LICITAÇÃO Nº 023/2025CONTRATAÇÃO DE PESSOA JURÍDICA PARA CAPACITAÇÃO DE PESSOAL ATRAVÉS DO CURSO: TRABALHANDO COM GRUPOS NO SUAS: ÊNFASE NO PAIF E PAEFI, COM A DOCENTE ANA PINCOLINI, COM OBJETIVO DE EDUCAÇÃO PERMANENTE DOS TRABALHADORES DO SUAS, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL.</t>
+  </si>
+  <si>
+    <t>22/09/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 135/2025 - ADESÃO Nº 011/2025Registro de preços para futura e eventual aquisição e instalação de bebedouro, em atendimento à Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 134/2025 - PREGÃO ELETRÔNICO Nº 025/2025Registro de Preços para Futura e Eventual Aquisição de Trator, Grade aradora com Disco e Roçadeira hidráulica, atendimento à demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 040/2025Registro de Preços para Futura e Eventual Contratação de Empresa para Prestação de Serviços, com Fornecimento de Materiais, Instalação, Remanejamento, Desmontagem e Montagem de Divisórias Leves, Portas e Janelas em Vidro Temperado e Forro em PVC, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - DISPENSA DE LICITAÇÃO (RITO ELETRÔNICO) N.º 021/2025AQUISIÇÃO DE INSUMOS (SEMENTES, TUBETES, FORMICIDA) PARA O VIVEIRO MUNICIPAL, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE MEIO AMBIENTE E DESENVOLVIMENTO URBANO E RURAL.</t>
+  </si>
+  <si>
+    <t>19/09/2025</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 011/2025Registro de preços para futura e eventual aquisição e instalação de bebedouro, em atendimento à Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 133/2025 - PREGÃO ELETRÔNICO Nº 039/2025Registro de Preços para Futura e Eventual Aquisição de Refeição tipo Marmitex, para atender as necessidades das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>18/09/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 132/2025 - PREGÃO ELETRÔNICO Nº 037/2025Registro de Preços para Futura e Eventual Aquisição e Instalação de Grama Sintética, em atendimento a Secretaria Municipal de Esporte e Lazer.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 044/2025Registro de Preços para Futura e Eventual Aquisição de Medicamentos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 131/2025 - PREGÃO ELETRÔNICO Nº 031/2025Registro de preços para futura e eventual aquisição de materiais odontológicos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>16/09/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 130/2025 - PREGÃO ELETRÔNICO Nº 031/2025Registro de preços para futura e eventual aquisição de materiais odontológicos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 129/2025 - PREGÃO ELETRÔNICO Nº 031/2025Registro de preços para futura e eventual aquisição de materiais odontológicos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 128/2025 - PREGÃO ELETRÔNICO Nº 031/2025Registro de preços para futura e eventual aquisição de materiais odontológicos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 127/2025 - PREGÃO ELETRÔNICO Nº 031/2025Registro de preços para futura e eventual aquisição de materiais odontológicos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 126/2025 - PREGÃO ELETRÔNICO Nº 031/2025Registro de preços para futura e eventual aquisição de materiais odontológicos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 125/2025 - PREGÃO ELETRÔNICO Nº 031/2025Registro de preços para futura e eventual aquisição de materiais odontológicos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 124/2025 - PREGÃO ELETRÔNICO Nº 031/2025Registro de preços para futura e eventual aquisição de materiais odontológicos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 123/2025 - PREGÃO ELETRÔNICO Nº 031/2025Registro de preços para futura e eventual aquisição de materiais odontológicos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 122/2025 - PREGÃO ELETRÔNICO Nº 031/2025Registro de preços para futura e eventual aquisição de materiais odontológicos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 121/2025 - PREGÃO ELETRÔNICO Nº 031/2025Registro de preços para futura e eventual aquisição de materiais odontológicos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 120/2025 - PREGÃO ELETRÔNICO Nº 031/2025Registro de preços para futura e eventual aquisição de materiais odontológicos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 043/2025Registro de Preços para Futura e Eventual Aquisição de Material Laboratorial, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>11/09/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 042/2025Registro de Preços para Futura e Eventual Aquisição de Tintas para Demarcação de Sinalização Viária, em atendimento à demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO  - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 020/2025LOCAÇÃO DE CAÇAMBA ESTACIONÁRIA COM CAPACIDADE DE 4 M³, PARA COLETAS E DESTINAÇÃO DOS LIXOS E RESÍDUOS NA COMUNIDADE DAS BOTAS, EM ATENDIMENTO A SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA.</t>
+  </si>
+  <si>
+    <t>08/09/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 119/2025 - ADESÃO Nº 010/2025Registro de Preços para a Contratação de Empresa Especializada na execução de aulas de inovações tecnológicas e cultura maker, para realizar o fornecimento de material didático aos alunos, bem como serviços de implementação e execução das aulas do projeto de robótica educacional, maker e programação, atendendo a rede municipal de ensino de Araputanga-MT, em atendimento à Secretaria Municipal de Educação e Cultura.</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 010/2025Registro de Preços para a Contratação de Empresa Especializada na execução de aulas de inovações tecnológicas e cultura maker, para realizar o fornecimento de material didático aos alunos, bem como serviços de implementação e execução das aulas do projeto de robótica educacional, maker e programação, atendendo a rede municipal de ensino de Araputanga-MT, em atendimento à Secretaria Municipal de Educação e Cultura.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 038/2025Registro de Preços para Futura e Eventual Aquisição de FILMES PARA RAIO-X, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 041/2025Registro de Preços para Futura e Eventual Aquisição de Fórmulas Nutricionais, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>04/09/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO – INEXIGIBILIDADE DE LICITAÇÃO Nº 022/2025LOCAÇÃO DE IMÓVEL SITUADO NA ZONA URBANA PARA A NOVA INSTALAÇÃO DO (PSF) RURAL, EM NECESSIDADE DE REORGANIZAR E APRIMORAR O ATENDIMENTO AOS PACIENTES RESIDENTES NAS ÁREAS RURAIS DO MUNICÍPIO, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA DE MUNICIPAL DE SAÚDE.</t>
+  </si>
+  <si>
+    <t>03/09/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 118/2025 - PREGÃO ELETRÔNICO Nº 034/2025Registro de Preços para Futura e Eventual Aquisição de Ar Condicionado, em atendimento às diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>02/09/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 117/2025 - PREGÃO ELETRÔNICO Nº 034/2025Registro de Preços para Futura e Eventual Aquisição de Ar Condicionado, em atendimento às diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 116/2025 - PREGÃO ELETRÔNICO Nº 033/2025Registro de Preços para futura e eventual Contratação de empresa especializada em licenciamento de softwares para gestão e tramitação de documentos administrativos, jurídicos e legislação, utilizando inteligência artificial, com transcrição automatizada de áudios e atas de reuniões, sessões e audiências públicas. A solução deverá incluir infraestrutura em nuvem, suporte técnico contínuo, implantação, manutenção evolutiva e treinamento, garantindo eficiência e modernização dos processos administr</t>
+  </si>
+  <si>
+    <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 019/2025Aquisição de varredeira de grama sintética, em atendimento as necessidades da Secretaria Municipal de Esporte e Lazer.</t>
+  </si>
+  <si>
+    <t>29/08/2025</t>
+  </si>
+  <si>
+    <t>Leilão Público nº 001/2025 - Terreno UrbanoPrefeitura de Araputanga realizará Leilão de Terreno Urbano no dia 11 de setembro</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 115/2025 - PREGÃO ELETRÔNICO Nº 032/2025Registro de Preços para Futura e Eventual Aquisição de Peças da Marca TECTRANS, destinadas à manutenção dos Semáforos Inteligentes do Município, em atendimento à demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>28/08/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 114/2025 - ADESÃO Nº 009/2025Registro de Preços para Futura e Eventual Aquisição de Materiais Elétricos para Iluminação Pública através da tabela Sinapi, em atendimento à demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 009/2025Registro de Preços para Futura e Eventual Aquisição de Materiais Elétricos para iluminação Pública através da tabela Sinapi, em atendimento à demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>27/08/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 039/2025Registro de Preços para Futura e Eventual Aquisição de Refeição tipo Marmitex, para atender as necessidades das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>20/08/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 037/2025Registro de Preços para Futura e Eventual Aquisição e Instalação de Grama Sintética, em atendimento a Secretaria Municipal de Esporte e Lazer.</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 018/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM PRESTAÇÃO DE SERVIÇO EM CURSO DE FORMAÇÃO E CAPACITAÇÃO DE MOTORISTAS DO TRANSPORTE ESCOLAR, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA.</t>
+  </si>
+  <si>
+    <t>18/08/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO LEILÃO Nº 001/2025Leilão presencial e on-line tem por objeto a venda do bem imóvel do patrimônio do Comitente Vendedor, terreno urbano localizado no centro urbano da cidade de Araputanga, com 11.295 m².</t>
+  </si>
+  <si>
+    <t>14/08/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO  - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 017/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO, PARA REALIZAÇÃO DE PROCESSO SELETIVO PÚBLICO DOS ACS E ACE, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SAÚDE.</t>
+  </si>
+  <si>
+    <t>13/08/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 016/2025AQUISIÇÃO DE PAINÉIS FIXO DE VIDRO TEMPERADO COM SUPORTE DE FIXAÇÃO LATERAL, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA.</t>
+  </si>
+  <si>
+    <t>08/08/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO –  INEXIGIBILIDADE DE LICITAÇÃO Nº 021/2025CONTRATAÇÃO DE SHOW ARTÍSTICO MUSICAL COM CANTOR E DUPLAS, (FIDUMA E JECA, MARIA CECILIA E RODOLFO CARREIRO E CAPATAZ, ITALO ROCHA E FELIPE E FALCÃO), PARA REALIZAÇÃO DA FESTA DE PEÃO DE BOIADEIRO DE ARAPUTANGA-MT, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA.</t>
+  </si>
+  <si>
+    <t>05/08/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO – INEXIGIBILIDADE DE LICITAÇÃO Nº 020/2025CONTRATAÇÃO DE SHOW ARTÍSTICO MUSICAL COM O CANTOR JHONATAN WILHAN, PARA O EVENTO DA FEIRA APRAFEBRE, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA.</t>
+  </si>
+  <si>
+    <t>04/08/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 036/2025Registro de Preços para Futura e Eventual Aquisição de MATERIAIS PERMANENTES ODONTOLÓGICOS E HOSPITALARES, em atendimento a Secretaria de Saúde</t>
+  </si>
+  <si>
+    <t>01/08/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 113/2025 - PREGÃO ELETRÔNICO Nº 024/2025Registro de Preços para Futura e Eventual Aquisição de Aparelhos Celulares Smartphone, em atendimento a Diversas Secretarias.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 112/2025 - PREGÃO ELETRÔNICO Nº 029/2025Registro de Preços para Futura e Eventual Serviço de Cravação de Estacas de Madeira para Estrutura de Pontes de Madeira, em atendimento a Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 111/2025 - PREGÃO ELETRÔNICO Nº 026/2025Registro de Preços para Futura e Eventual Serviço para Confecção de Material Gráfico, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>30/07/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 110/2025 - PREGÃO ELETRÔNICO Nº 026/2025Registro de Preços para Futura e Eventual Serviço para Confecção de Material Gráfico, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 109/2025 - PREGÃO ELETRÔNICO Nº 026/2025Registro de Preços para Futura e Eventual Serviço para Confecção de Material Gráfico, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 108/2025 - PREGÃO ELETRÔNICO Nº 026/2025Registro de Preços para Futura e Eventual Serviço para Confecção de Material Gráfico, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 107/2025 - PREGÃO ELETRÔNICO Nº 026/2025Registro de Preços para Futura e Eventual Serviço para Confecção de Material Gráfico, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 106/2025 - PREGÃO ELETRÔNICO Nº 026/2025Registro de Preços para Futura e Eventual Serviço para Confecção de Material Gráfico, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 034/2025Registro de Preços para Futura e Eventual Aquisição de Ar Condicionado, em Atendimento às Diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>25/07/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - INEXIGIBILIDADE DE LICITAÇÃO Nº 019/2025LOCAÇÃO DE IMÓVEL DA (APAE-ARA), PARA REALIZAÇÃO DO EVENTO 39º “ENCONTRO DA MULHER RURAL”, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA DE MEIO AMBIENTE, DESENVOLVIMENTO URBANO E RURAL</t>
+  </si>
+  <si>
+    <t>24/07/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - INEXIGIBILIDADE DE LICITAÇÃO Nº 018/2025CONTRATAÇÃO DE SHOW ARTÍSTICO MUSICAL COM O CANTOR PARREIRA, PARA REALIZAÇÃO DO EVENTO 39º “ENCONTRO DA MULHER RURAL”, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE MEIO AMBIENTE, DESENVOLVIMENTO URBANO E RURAL.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 032/2025Registro de Preços para Futura e Eventual Aquisição de Peças da Marca TECTRANS, destinadas à Manutenção dos Semáforos Inteligentes do Município, em Atendimento à Demanda da Secretaria Municipal de Obras e Infraestrutura</t>
+  </si>
+  <si>
+    <t>22/07/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 105/2025 - PREGÃO ELETRÔNICO Nº 025/2025Registro de Preços para Futura e Eventual Aquisição de um Distribuidor de Agregados e de uma Fresadora de Engate Rápido para uso na Mini Carregadeira, em atendimento a Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 104/2025 - ADESÃO Nº 008/2025Registro de Preços para Futura e Eventual Aquisição de areia, brita e pedrisco, em atendimento à demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>21/07/2025</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 008/2025Registro de Preços para Futura e Eventual Aquisição de areia, brita e pedrisco, em atendimento à demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>18/07/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 103/2025 - PREGÃO ELETRÔNICO Nº 027/2025Registro de Preços para Futura e Eventual Contratação de Empresa para Serviço de Confecção de Material Serigráfico e Aquisição de Uniformes, em atendimento as Diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>17/07/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 102/2025 - PREGÃO ELETRÔNICO Nº 027/2025Registro de Preços para Futura e Eventual Contratação de Empresa para Serviço de Confecção de Material Serigráfico e Aquisição de Uniformes, em atendimento as Diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 101/2025 - PREGÃO ELETRÔNICO Nº 027/2025Registro de Preços para Futura e Eventual Contratação de Empresa para Serviço de Confecção de Material Serigráfico e Aquisição de Uniformes, em atendimento as Diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 100/2025 - PREGÃO ELETRÔNICO Nº 019/2025Registro de Preços para Futura e Eventual Aquisição de Materiais Esportivos, em Atendimento a Secretaria Municipal de Esporte e Lazer do Município de Araputanga/MT.</t>
+  </si>
+  <si>
+    <t>16/07/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 099/2025 - PREGÃO ELETRÔNICO Nº 019/2025Registro de Preços para Futura e Eventual Aquisição de Materiais Esportivos, em Atendimento a Secretaria Municipal de Esporte e Lazer do Município de Araputanga/MT.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 098/2025 - PREGÃO ELETRÔNICO Nº 019/2025Registro de Preços para Futura e Eventual Aquisição de Materiais Esportivos, em Atendimento a Secretaria Municipal de Esporte e Lazer do Município de Araputanga/MT.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 097/2025 - PREGÃO ELETRÔNICO Nº 019/2025Registro de Preços para Futura e Eventual Aquisição de Materiais Esportivos, em Atendimento a Secretaria Municipal de Esporte e Lazer do Município de Araputanga/MT.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 096/2025 - PREGÃO ELETRÔNICO Nº 019/2025Registro de Preços para Futura e Eventual Aquisição de Materiais Esportivos, em Atendimento a Secretaria Municipal de Esporte e Lazer do Município de Araputanga/MT.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 033/2025Registro de Preços para futura e eventual Contratação de empresa especializada em licenciamento de softwares para gestão e tramitação de documentos administrativos, jurídicos e legislação, utilizando inteligência artificial, com transcrição automatizada de áudios e atas de reuniões, sessões e audiências públicas. A solução deverá incluir infraestrutura em nuvem, suporte técnico contínuo, implantação, manutenção evolutiva e treinamento, garantindo eficiência e modernização dos processos administr</t>
+  </si>
+  <si>
+    <t>15/07/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - INEXIGIBILIDADE DE LICITAÇÃO Nº 017/2025 - CREDENCIAMENTO Nº 005/2025Contratação de Serviço de Hospedagem no Município de Araputanga, em atendimento à demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>11/07/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 031/2025Registro de Preços para Futura e Eventual Aquisição de Materiais Odontológicos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO  DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 015/2025CONTRATAÇÃO DE PESSOA JURÍDICA PARA A PRESTAÇÃO DE SERVIÇO DE MÃO DE OBRA ESPECIALIZADA, COM ATUAÇÃO NAS ATIVIDADES DE PAVIMENTAÇÃO ASFÁLTICA, TERRAPLANAGEM, BASE E SUB-BASE, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA.</t>
+  </si>
+  <si>
+    <t>10/07/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO  - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 014/2025CONTRATAÇÃO DE PESSOA JURÍDICA NA PRESTAÇÃO DE SERVIÇOS PARA REALIZAÇÃO DE PROCESSO SELETIVO SIMPLIFICADO, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 095/2025 - PREGÃO ELETRÔNICO Nº 018/2025Prestação de Serviço de Dedetização de Ambiente (prédios) e Limpeza de Caixa D’agua, em Atendimento a Solicitações as Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>08/07/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 094/2025 - PREGÃO ELETRÔNICO Nº 018/2025Prestação de Serviço de Dedetização de Ambiente (prédios) e Limpeza de Caixa D’agua, em Atendimento a Solicitações as Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 093/2025 - ADESÃO Nº 007/2025Registro de Preços para Futura Contratação de Empresa Especializada para execução de serviços de laboratório de prótese dentária (confecção de próteses dentárias totais e parciais) em atendimento as necessidades da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>02/07/2025</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 007/2025Registro de Preços para Futura Contratação de Empresa Especializada para execução de serviços de laboratório de prótese dentária (confecção de próteses dentárias totais e parciais) em atendimento as necessidades da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 030/2025Registro de Preços para Futura e Eventual Aquisição de Aparelho Automático de Bioquímica, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 092/2025 - PREGÃO ELETRÔNICO Nº 020/2025Registro de Preços para Futura e Eventual Aquisição de Veículos Utilitários Tipo SUV e um Caminhão de Lixo com Capacidade de 15 MT³, (0 km), em atendimento a Secretarias Municipais de Obras e Infraestrutura, Educação e Cultura e Administração.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - DISPENSA DE LICITAÇÃO (RITO ELETRÔNICO) N.º 013/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA ELABORAÇÃO DE PROJETOS ELÉTRICOS DE SUBESTAÇÃO AÉREA DE 112,5 KVA TRIFÁSICO, TENSÃO PRIMÁRIA DE 13,8KV E TENSÃO BAIXA DE 220/127V, PARA ATENDER OS CENTROS DE EDUCAÇÃO INFANTIL, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA.</t>
+  </si>
+  <si>
+    <t>30/06/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 029/2025Registro de Preços para Futura e Eventual Serviço de Cravação de Estacas de Madeira para Estrutura de Pontes de Madeira, em atendimento a Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>27/06/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 091/2025 - PREGÃO ELETRÔNICO Nº 028/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente para serem sorteados no 39º Encontro da Mulher Rural, em atendimento a Secretaria Municipal de Meio Ambiente, Desenvolvimento Urbano e Rural.</t>
+  </si>
+  <si>
+    <t>26/06/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 090/2025 - PREGÃO ELETRÔNICO Nº 028/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente para serem sorteados no 39º Encontro da Mulher Rural, em atendimento a Secretaria Municipal de Meio Ambiente, Desenvolvimento Urbano e Rural.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 089/2025 - PREGÃO ELETRÔNICO Nº 028/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente para serem sorteados no 39º Encontro da Mulher Rural, em atendimento a Secretaria Municipal de Meio Ambiente, Desenvolvimento Urbano e Rural.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 088/2025 - PREGÃO ELETRÔNICO Nº 028/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente para serem sorteados no 39º Encontro da Mulher Rural, em atendimento a Secretaria Municipal de Meio Ambiente, Desenvolvimento Urbano e Rural.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 087/2025 - PREGÃO ELETRÔNICO Nº 028/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente para serem sorteados no 39º Encontro da Mulher Rural, em atendimento a Secretaria Municipal de Meio Ambiente, Desenvolvimento Urbano e Rural.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 086/2025 - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços para futura e eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>23/06/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 085/2025 - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços para futura e eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 084/2025 - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços para futura e eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 083/2025 - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços para futura e eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 082/2025 - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços para futura e eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 081/2025 - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços para futura e eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 080/2025 - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços para futura e eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 079/2025 - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços para futura e eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 078/2025 - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços para futura e eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 077/2025 - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços para futura e eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 076/2025 - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços para futura e eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 075/2025 - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços para futura e eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 074/2025 - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços para futura e eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 073/2025 - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços para futura e eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO –  INEXIGIBILIDADE DE LICITAÇÃO Nº 016/2025CONTRATAÇÃO DE SHOW ARTÍSTICO MUSICAL COM O CANTOR JHONATAN WILHAN, EM COMEMORAÇÃO AS FESTAS JUNINAS DO GRUPO RAIO DE LUZ (BOTAS E ARAPUTANGA), EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL.</t>
+  </si>
+  <si>
+    <t>18/06/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 072/2025 - PREGÃO ELETRÔNICO Nº 016/2025Registro de Preços para futura e eventual aquisição de Material para Sinalização das Ruas e Avenidas Municipais, em atendimento à demanda da Secretaria de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>17/06/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 071/2025 - PREGÃO ELETRÔNICO Nº 016/2025Registro de Preços para futura e eventual aquisição de Material para Sinalização das Ruas e Avenidas Municipais, em atendimento à demanda da Secretaria de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 070/2025 - PREGÃO ELETRÔNICO Nº 016/2025Registro de Preços para futura e eventual aquisição de Material para Sinalização das Ruas e Avenidas Municipais, em atendimento à demanda da Secretaria de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 069/2025 - PREGÃO ELETRÔNICO Nº 016/2025Registro de Preços para futura e eventual aquisição de Material para Sinalização das Ruas e Avenidas Municipais, em atendimento à demanda da Secretaria de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 068/2025 - PREGÃO ELETRÔNICO Nº 016/2025Registro de Preços para futura e eventual aquisição de Material para Sinalização das Ruas e Avenidas Municipais, em atendimento à demanda da Secretaria de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 012/2025CONTRATAÇÃO DE EMPRESA PARA CONFECÇÃO DE MATERIAIS GRÁFICO, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIAS MUNICIPAL DE MEIO AMBIENTE E DESENVOLVIMENTO URBANO E RURAL E SAÚDE.</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 011/2025AQUISIÇÃO DE CARROCEIRA EM MADEIRA PARA CAMINHÃO DA COLETA SELETIVA (FORD CARGO 816S), INCLUINDO FABRICAÇÃO E INSTALAÇÃO, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA.</t>
+  </si>
+  <si>
+    <t>16/06/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 067/2025 - ADESÃO Nº 006/2025Registro de Preços para Futura e Eventual Aquisição de mobiliários, cadeiras e poltronas corporativas e escolar, para atender as necessidades das Escolas Municipais e Centros de Educação Infantil.</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 006/2025Registro de Preços para Futura e Eventual Aquisição de mobiliários, cadeiras e poltronas corporativas e escolar, para atender as necessidades das escolas municipais e centros de educação infantil.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 027/2025Registro de Preços para Futura e Eventual Contratação de Empresa para Serviço de Confecção de Material Serigráfico e Aquisição de Uniformes, em atendimento as necessidades das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>12/06/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 066/2025 - PREGÃO ELETRÔNICO Nº 022/2025Registro de Preços para Futura e Eventual Aquisição de Motocicletas, em atendimento as Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>10/06/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 065/2025 - PREGÃO ELETRÔNICO Nº 022/2025Registro de Preços para Futura e Eventual Aquisição de Motocicletas, em atendimento as Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 064/2025 - PREGÃO ELETRÔNICO Nº 023/2025Registro de Preços para Futura e Eventual Aquisição de Nécessaire em Poliéster e Nylon Personalizada, Canecas com Tirantes Personalizados para serem distribuídas como forma de lembrancinha para as participantes no Evento 39º Encontro da Mulher Rural, em atendimento à demanda da Secretaria Municipal de Meio Ambiente e Desenvolvimento Urbano e Rural.</t>
+  </si>
+  <si>
+    <t>09/06/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 063/2025 - PREGÃO ELETRÔNICO Nº 023-2025Registro de Preços para Futura e Eventual Aquisição de Nécessaire em Poliéster e Nylon Personalizada, Canecas com Tirantes Personalizados para serem distribuídas como forma de lembrancinha para as participantes no Evento 39º Encontro da Mulher Rural, em atendimento à demanda da Secretaria Municipal de Meio Ambiente e Desenvolvimento Urbano e Rural.</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - DISPENSA DE LICITAÇÃO (RITO ELETRÔNICO) Nº 010/2025AQUISIÇÃO DE NOBREAKS, PARA SERVIDORES DE REDE DO DEPARTAMENTO DO TI, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO.</t>
+  </si>
+  <si>
+    <t>04/06/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - INEXIGIBILIDADE DE LICITAÇÃO Nº 015/2025CONTRATAÇÃO DE SERVIÇOS JURÍDICOS ESPECIALIZADOS PARA ASSESSORAR O MUNICÍPIO DE ARAPUTANGA/MT NA REVISÃO, RECÁLCULO, REGULARIZAÇÃO E RECUPERAÇÃO DE VALORES DEVIDOS RELACIONADOS AO IRRF DE PRESTADORES DE SERVIÇOS, REPASSES DA CFURH PELA ANEEL, COMPENSAÇÃO PREVIDENCIÁRIA ENTRE RGPS E RPPS, ATUALIZAÇÃO DA TABELA SUS E REPASSES AO FPM, INCLUINDO MEDIDAS ADMINISTRATIVAS E JUDICIAIS NECESSÁRIAS, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E FINANÇAS E PLANEJAMENTO.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 062/2025 - ADESÃO Nº 005/2025Registro de Preços para Futura Contratação de Empresa Especializada em Serviços de camisetas, uniformes e malharia em geral, em atendimento as demandas da Secretaria Municipal de Esporte e Lazer.</t>
+  </si>
+  <si>
+    <t>30/05/2025</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 005/2025Registro de Preços para Futura Contratação de Empresa Especializada em serviços de confecção de camisetas, uniformes e malharia em geral, em atendimento as demandas da Secretaria Municipal de Esporte e Lazer.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 028/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente para serem sorteados no 39º Encontro da Mulher Rural, em atendimento a Secretaria Municipal de Meio Ambiente, Desenvolvimento Urbano e Rural.</t>
+  </si>
+  <si>
+    <t>29/05/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - CONCORRÊNCIA ELETRÔNICA Nº 004/2025Contratação de Empresa Especializada para a Construção de Área de Lazer no CRAS de Araputanga/MT, em atendimento à demanda da Secretaria Municipal de Assistência Social.</t>
+  </si>
+  <si>
+    <t>26/05/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 061/2025 - PREGÃO ELETRÔNICO Nº 015/2025Registro de Preços Para Futura e Eventual Aquisição de Conjunto de Moto Bombas De Água e Painel de Acionamento e Proteção de Bombas Submersas em Atendimento a Secretaria Municipal de Obras e Infraestrutura – SMAE.</t>
+  </si>
+  <si>
+    <t>22/05/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 060/2025 - PREGÃO ELETRÔNICO Nº 015/2025Registro de Preços Para Futura e Eventual Aquisição de Conjunto de Moto Bombas De Água e Painel de Acionamento e Proteção de Bombas Submersas em Atendimento a Secretaria Municipal de Obras e Infraestrutura – SMAE.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 059/2025 - PREGÃO ELETRÔNICO Nº 015/2025Registro de Preços Para Futura e Eventual Aquisição de Conjunto de Moto Bombas De Água e Painel de Acionamento e Proteção de Bombas Submersas em Atendimento a Secretaria Municipal de Obras e Infraestrutura – SMAE.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 058/2025 - PREGÃO ELETRÔNICO Nº 015/2025Registro de Preços Para Futura e Eventual Aquisição de Conjunto de Moto Bombas De Água e Painel de Acionamento e Proteção de Bombas Submersas em Atendimento a Secretaria Municipal de Obras e Infraestrutura – SMAE.</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO –  INEXIGIBILIDADE DE LICITAÇÃO Nº 014/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE GERENCIAMENTO CONTÍNUO, DESENVOLVIMENTO DE NOVAS FUNCIONALIDADES E ACESSÓRIOS PARA O WEBSITE INSTITUCIONAL DA PREFEITURA MUNICIPAL DE ARAPUTANGA E MANUTENÇÃO DOS SERVIÇOS JÁ EXISTENTES, EM ATENDIMENTO AS DEMANDAS SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 057/2025 - PREGÃO ELETRÔNICO Nº 021/2025Registro de Preços para Futura e Eventual Aquisição de Tanque em Formato Elíptico com capacidade de 15.000 litros, em atendimento a Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>21/05/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 009/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM PRESTAÇÃO SERVIÇO DE ASSESSORIA PARA AUXILIAR COM PROCESSO DE ORGANIZAÇÃO DA TELEFONIA FIXA, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO.</t>
+  </si>
+  <si>
+    <t>20/05/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - DISPENSA DE LICITAÇÃO (RITO ELETRÔNICO) N.º 008/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE PREPARAÇÃO DE ALIMENTOS, TIPO BUFFET, PARA A REALIZAÇÃO DOS JOGOS, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE ESPORTE E LAZER.</t>
+  </si>
+  <si>
+    <t>19/05/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - DISPENSA DE LICITAÇÃO (RITO ELETRÔNICO) N.º 007/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE ARBITRAGEM, PARA A REALIZAÇÃO DOS JOGOS ESTUDANTIS DE SELEÇÕES MATO-GROSSENSES, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE ESPORTE E LAZER.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 025/2025Registro de Preços para Futura e Eventual Aquisição de um Distribuidor de Agregados e de uma Fresadora de Engate Rápido para uso na Mini Carregadeira.</t>
+  </si>
+  <si>
+    <t>15/05/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 026/2025Registro de Preços para Futura e Eventual Serviço para Confecção de Material Gráfico, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 024/2025Registro de Preços para Futura e Eventual de Aquisição de Aparelhos Celulares Smartphone para atender às demandas das diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 056/2025 - PREGÃO ELETRÔNICO Nº 010/2025Registro de Preços para Futura e Eventual Aquisição de Cilindros, Oxigênio Medicinal e Válvula (Repetição P.E. 041/2024 dos itens que resultaram frustrados), em atendimento à demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 055/2025 - PREGÃO ELETRÔNICO Nº 010/2025Registro de Preços para Futura e Eventual Aquisição de Cilindros, Oxigênio Medicinal e Válvula (Repetição P.E. 041/2024 dos itens que resultaram frustrados), em atendimento à demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 023/2025Registro de Preços para Futura e Eventual Aquisição de Nécessaire em Poliéster e Nylon Personalizada, Canecas com Tirantes Personalizados para serem distribuídas como forma de lembrancinha para as participantes no Evento 39º Encontro da Mulher Rural, em atendimento à demanda da Secretaria Municipal de Meio Ambiente e Desenvolvimento Urbano e Rural.</t>
+  </si>
+  <si>
+    <t>14/05/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 054/2025 - PREGÃO ELETRÔNICO Nº 013/2025Registro de Preços para Futura e Eventual Aquisição de Materiais de Construção e Materiais Hidráulico, com base na tabela SINAPI, em atendimento à demanda das diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - CONCORRÊNCIA ELETRÔNICA Nº 003/2025Contratação de Empresa Especializada em Construção Civil para Executar a Obra de Reforma da Quadra de Esportes do Bairro Cidade Alta, em atendimento à demanda da Secretaria Municipal de Esportes e Lazer.</t>
+  </si>
+  <si>
+    <t>12/05/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 022/2025Registro de Preços para Futura e Eventual Aquisição de Motocicletas, em atendimento as Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços Para Futura E Eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento à demanda das diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>08/05/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO –  INEXIGIBILIDADE DE LICITAÇÃO Nº 012/2025Contratação de shows artísticos musical com os Cantores e Banda (Valesca Mayssa, Angielly, Banda os Benções e Colo de Deus), para a realização do evento “Celebra Araputanga”, em atendimento as demandas da Secretaria Municipal de Educação e Cultura.</t>
+  </si>
+  <si>
+    <t>07/05/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - DISPENSA DE LICITAÇÃO (RITO ELETRÔNICO) N.º 006/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO DE ELABORAÇÃO DE LAUDO TÉCNICO DE AVALIAÇÃO DE IMÓVEIS, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SAÚDE.</t>
+  </si>
+  <si>
+    <t>06/05/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - INEXIGIBILIDADE DE LICITAÇÃO Nº 013/2025Contratação de shows artísticos musical com os cantores e banda (Cleber e Cauan, Douglas Cabral, Cesinha Mello, Brenno Reis e Marco Viola e Banda Inovação) para realização das festividades do 62º aniversário de Araputanga/MT, em atendimento as demandas da Secretaria Municipal de Educação e Cultura.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - INEXIGIBILIDADE DE LICITAÇÃO Nº 011/2025 - CREDENCIAMENTO Nº 004/2025Credenciamento de Leiloeiros Oficiais para realização de leilões públicos no formato híbrido visando a alienação de Bens Imóveis ou Móveis inservíveis para a Administração Pública Municipal, em atendimento à demanda da Secretaria Municipal de Administração.</t>
+  </si>
+  <si>
+    <t>05/05/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 053/2025 - ADESÃO Nº 004/2025Registro de Preços para Futura e Eventual Contratação de Pessoa Jurídica especializada na prestação de serviços com fornecimento de infraestrutura necessária á realização de eventos e festividades, em atendimento a demanda da Secretaria Municipal de Educação e Cultura.</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 004/2025Registro de preços para futura e eventual contratação de empresa especializada na prestação de serviços com fornecimento de infraestrutura necessária á realização de eventos e festividades, com locação de estrutura, sonorização, iluminação, banheiros químicos, dentre outros, compreendendo a montagem, desmontagem, limpeza, manutenção, instalação elétricas, em atendimento as demandas da Secretaria de Educação e Cultura.</t>
+  </si>
+  <si>
+    <t>02/05/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 052/2025 - ADESÃO Nº 003/2025Registro de Preços para a Futura e Eventual Contratação de Serviço de locação de equipamento autobetoneira autocarregável, para a confecção de concreto usinado com operador no sistema de registro de preço, em atendimento a demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>29/04/2025</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 003/2025Registro de Preços para a Eventual Contratação de serviço de locação de equipamento autobetoneira autocarregável para a confecção de concreto usinado com operador no sistema de registro de preço, em atendimento as demandas da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 051/2025 - PREGÃO ELETRÔNICO Nº 006/2025Registro de preços Futura e Eventual Contratação de Pessoa Jurídica para fornecimento e instalação de manilhas de concreto em Araputanga/MT, em atendimento à demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 050/2025 - PREGÃO ELETRÔNICO Nº 006/2025Registro de preços Futura e Eventual Contratação de Pessoa Jurídica para fornecimento e instalação de manilhas de concreto em Araputanga/MT, em atendimento à demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 049/2025 - PREGÃO ELETRÔNICO Nº 012/2025Registro de Preços para Futura e Eventual Aquisição de Gêneros Alimentícios (repetição dos itens frustrados no Pregão Eletrônico nº 042/2024), em atendimento as Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>28/04/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 048/2025 - PREGÃO ELETRÔNICO Nº 012/2025Registro de Preços para Futura e Eventual Aquisição de Gêneros Alimentícios (repetição dos itens frustrados no Pregão Eletrônico nº 042/2024), em atendimento as Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 047/2025 - PREGÃO ELETRÔNICO Nº 012/2025Registro de Preços para Futura e Eventual Aquisição de Gêneros Alimentícios (repetição dos itens frustrados no Pregão Eletrônico nº 042/2024), em atendimento as Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 046/2025 - PREGÃO ELETRÔNICO Nº 012/2025Registro de Preços para Futura e Eventual Aquisição de Gêneros Alimentícios (repetição dos itens frustrados no Pregão Eletrônico nº 042/2024), em atendimento as Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 045/2025 - PREGÃO ELETRÔNICO Nº 012/2025Registro de Preços para Futura e Eventual Aquisição de Gêneros Alimentícios (repetição dos itens frustrados no Pregão Eletrônico nº 042/2024), em atendimento as Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - INEXIGIBILIDADE DE LICITAÇÃO Nº 010/2025Aquisição de Livros Paradidáticos, de inclusão de estudantes com transtorno de espectro autismo (tea), para a rede municipal do ensino fundamental, em atendimento as necessidades da Secretaria Municipal de Educação.</t>
+  </si>
+  <si>
+    <t>25/04/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO -  DISPENSA DE LICITAÇÃO (RITO ELETRÔNICO) N º 005/2025AQUISIÇÃO DE TRAVES PARA FUTEBOL SOCIETY, CONFECCIONADAS EM ESTRUTURA METÁLICA, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE ESPORTE E LAZER.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 044/2025 - PREGÃO ELETRÔNICO Nº 011/2025Registro de Preços para Futura e Eventual Aquisição de Produtos Químicos para fins de Análise e Tratamento de Água para o Consumo Humano, em atendimento à demanda da Secretaria de Obras e Infraestrutura – SMAE.</t>
+  </si>
+  <si>
+    <t>24/04/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 043/2025 - PREGÃO ELETRÔNICO Nº 011/2025Registro de Preços para Futura e Eventual Aquisição de Produtos Químicos para fins de Análise e Tratamento de Água para o Consumo Humano, em atendimento à demanda da Secretaria de Obras e Infraestrutura – SMAE.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 042/2025 - PREGÃO ELETRÔNICO Nº 011/2025Registro de Preços para Futura e Eventual Aquisição de Produtos Químicos para fins de Análise e Tratamento de Água para o Consumo Humano, em atendimento à demanda da Secretaria de Obras e Infraestrutura – SMAE.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 041/2025 - PREGÃO ELETRÔNICO Nº 011/2025Registro de Preços para Futura e Eventual Aquisição de Produtos Químicos para fins de Análise e Tratamento de Água para o Consumo Humano, em atendimento à demanda da Secretaria de Obras e Infraestrutura – SMAE.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - INEXIGIBILIDADE DE LICITAÇÃO Nº 009/2025 - CREDENCIAMENTO Nº 003/2025Contratação de Pessoa Jurídica Especializada em Prestação de Serviço de Exames Laboratoriais para atender as demandas da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>22/04/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 021/2025Registro de Preços para Futura e Eventual Aquisição de Tanque em Formato Elíptico com capacidade de 15.000 litros, em atendimento a Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 040/2025 - PREGÃO ELETRÔNICO Nº 009/2025Registro de Preços para Futura e Eventual Contratação de Empresa Especializada em Fornecimento de Laudos Diagnósticos em Exame de Imagem por Meio de Tele Radiologia em Atendimento à Demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>17/04/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 039/2025 - PREGÃO ELETRÔNICO Nº 007/2025Registro de preços para Futura e Eventual Contratação de Pessoa Jurídica para prestação de serviço de execução de tapa buraco com remendo profundo, em atendimento à demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 038/2025 - PREGÃO ELETRÔNICO Nº 008/2025Registro de Preços para Futura e Eventual Contratação de Empresa Especializada para Prestação de Serviço de Limpeza, Manutenção Preventiva, Corretiva e Instalação de Ar-Condicionado, em atendimento das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 020/2025Registro de Preços para Futura e Eventual Aquisição de Veículos Utilitários Tipo SUV e um Caminhão de Lixo com Capacidade de 15 MT³, (0 km), em atendimento as Secretarias Municipais de Obras e Infraestrutura, Educação e Cultura e Administração.</t>
+  </si>
+  <si>
+    <t>16/04/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 018/2025Prestação de Serviço de Dedetização de Ambiente (prédios) e Limpeza de Caixa D’agua em Atendimento a Solicitações as Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 019/2025Registro de Preços para Futura e Eventual Aquisição de Materiais Esportivos em Atendimento a Secretaria Municipal de Esporte e Lazer do Município de Araputanga – Mato Grosso.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 017/2025Registro de Preços para futura e eventual Contratação de empresa visando a prestação de serviços técnicos especializados de consultoria e assessoria administrativa em compras públicas, licitações e contratos, incluindo acompanhamento na íntegra dos processos, desta a fase interna até a homologação, em atendimento a Secretaria Municipal de Administração.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 016/2025Registro de Preços para futura e eventual aquisição de Material para Sinalização das Ruas e Avenidas Municipais, em atendimento à demanda da Secretaria de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 015/2025Registro de Preços Para Futura e Eventual Aquisição de Conjunto de Moto Bombas de Água e Painel de Acionamento e Proteção de Bombas Submersas em Atendimento a Secretaria de Obras e Infraestrutura- SMAE.</t>
+  </si>
+  <si>
+    <t>15/04/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO –  INEXIGIBILIDADE DE LICITAÇÃO Nº 008/2025Contratação de Empresa Especializada no fornecimento e implantação da solução contagie de apredizagem, incluindo o material didático, para uso diário e desenvolvimento das atividades de rotina das escolas municipais, em atendimento as necessidades da Secretaria Municipal de Educação.</t>
+  </si>
+  <si>
+    <t>09/04/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 014/2025Registro de Preços Para Futura E Eventual Aquisição De Ônibus Rural para Atender às Necessidades da Secretaria Municipal de Educação e Cultura do Município de Araputanga-MT.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO DE DISPENSA DE LICITAÇÃO (RITO ELETRÔNICO) N º 004/2025CONTRATAÇÃO DE EMPRESA OU PROFISSIONAL ESPECIALIZADO NA ÁREA DE ENGENHARIA PARA A ELABORAÇÃO DE PROJETOS DIVERSOS DE ENGENHARIA CIVIL, CONFORME AS DEMANDAS APRESENTADAS PELO MUNICÍPIO, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA.</t>
+  </si>
+  <si>
+    <t>08/04/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 037/2025 - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>04/04/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 036/2025 - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 035/2025 - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 034/2025 - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 033/2025 - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 032/2025 - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 031/2025 - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 030/2025 - PREGÃO ELTRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 029/2025 - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 028/2025 - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 027/2025 - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 026/2025 - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 025/2025 - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 024/2025 - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 023/2025 - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - DISPENSA DE LICITAÇÃO (RITO ELETRÔNICO) Nº 003/2025AQUISIÇÃO DE MATERIAL DE INFORMÁTICA, PARA ATENDER AS NECESSIDADES DAS UNIDADES BÁSICAS DE SAÚDE.</t>
+  </si>
+  <si>
+    <t>01/04/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - CONCORRÊNCIA ELETRÔNICA Nº 002/2025Construção de Bueiro Duplo Celular de Concreto na Avenida 23 de Maio no Município de Araputanga-MT.</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - INEXIGIBILIDADE DE LICITAÇÃO Nº 007/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A CAPACITAÇÃO DE SERVIDORES MUNICIPAIS EM PÓS-GRADUAÇÃO NA ÁREA DE LICITAÇÕES E CONTRATOS, CONFORME AS DIRETRIZES ESTABELECIDAS PELA LEI FEDERAL Nº 14.133/2021, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO.</t>
+  </si>
+  <si>
+    <t>25/03/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - INEXIGIBILIDADE DE LICITAÇÃO Nº 006/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE TUBO 100MP GALVANIZADO, PARA SEREM USADOS EM SUBSTITUIÇÃO A PEQUENAS PONTES DE MADEIRAS, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA.</t>
+  </si>
+  <si>
+    <t>21/03/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 013/2025Registro de Preços para Futura e Eventual Aquisição de Materiais de Construção e Materiais Hidráulico, com base na tabela SINAPI, em atendimento à demanda das diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>19/03/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO  Nº 012/2025Registro de Preços para Futura e Eventual Aquisição de Gêneros Alimentícios (repetição dos itens frustrados no Pregão Eletrônico nº 042/2024), em atendimento as secretarias municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 022/2025 - PREGÃO ELETRÔNICO Nº 002/2025Registro de Preços para Futura e Eventual aquisição de fraldas descartáveis para suprir as necessidades da Secretaria de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 021/2025 - PREGÃO ELETRÔNICO Nº 002/2025Registro de Preços para Futura e Eventual aquisição de fraldas descartáveis para suprir as necessidades da Secretaria de Saúde.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - CONCORRÊNCIA ELETRÔNICA  Nº 001/2025Contratação de Pessoa Jurídica para Prestação de Serviço de Construção Creche e Pré-Escola de Educação Infantil em Tempo Integral, Creche Centro de Educação Infantil Professora Maria Aparecida Domingos no Loteamento Carvalho em Araputanga/MT, FNDE – Creche Tipo 1 – Convênio 961940/2024/FNDE/CAIXA, em atendimento à demanda da Secretaria Municipal de Educação e Cultura</t>
+  </si>
+  <si>
+    <t>14/03/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 011/2025Registro de Preços para Futura e Eventual Aquisição de Produtos Químicos para fins de Análise e Tratamento de Água para o Consumo Humano, em atendimento à demanda da Secretaria de Obras e Infraestrutura – SMAE.</t>
+  </si>
+  <si>
+    <t>13/03/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 010/2025Registro de Preços para Futura e Eventual Aquisição de Cilindros, Oxigênio Medicinal e Válvula (Repetição P.E. 041/2024 dos itens que resultaram frustrados), em atendimento à demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>10/03/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 009/2025Registro de Preços para Futura e Eventual Contratação de Empresa Especializada em Fornecimento de Laudos Diagnósticos em Exame de Imagem por Meio de Tele Radiologia em Atendimento à Demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>06/03/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - INEXIGIBILIDADE DE LICITAÇÃO Nº 005/2025LOCAÇÃO DE IMÓVEL PARA FUNCIONAMENTO DA VIGILÂNCIA SANITÁRIA, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA DE MUNICIPAL DE SAÚDE.</t>
+  </si>
+  <si>
+    <t>28/02/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 002/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A RECUPERAÇÃO E REFORMA DE UM RESERVATÓRIO METÁLICO CILÍNDRICO VERTICAL TIPO TAÇA, COM CAPACIDADE DE 20.000 LITROS (20 M³), DESTINADO AO ARMAZENAMENTO DE ÁGUA POTÁVEL PARA ABASTECIMENTO DA COMUNIDADE DE BOTAS, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA - SMAE.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 020/2025 - PREGÃO ELETRÔNICO Nº 048/2024Registro de Preços para Futura e Eventual Contratação de Pessoa Jurídica para Fornecimento e Instalação de Tapetes de Gramas tipo Esmeralda ou Batatais, em atendimento a Secretaria de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 019/2025 - PREGÃO ELETRÔNICO Nº 003/2025Registro de Preços Futura e Eventual Contratação Pessoa Jurídica para a Prestação de Serviço de Recapagem, Recauchutagem e Vulcanização (Repetição P.E nº 043/2024 dos itens que resultaram frustrados), em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 018/2025 - PREGÃO ELETRÔNICO Nº 047/2024Registro de Preços para Futura e Eventual Aquisição de unidades de tambor/cilindros, cartuchos de tinta e cartuchos de toner, em atendimento as demandas das diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>27/02/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 017/2025 - PREGÃO ELETRÔNICO Nº 047/2024Registro de Preços para Futura e Eventual Aquisição de unidades de tambor/cilindros, cartuchos de tinta e cartuchos de toner, em atendimento as demandas das diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 016/2025 - PREGÃO ELETRÔNICO Nº 047/2024Registro de Preços para Futura e Eventual Aquisição de unidades de tambor/cilindros, cartuchos de tinta e cartuchos de toner, em atendimento as demandas das diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 015/2025 - PREGÃO ELETRÔNICO Nº 047/2024Registro de Preços para Futura e Eventual Aquisição de unidades de tambor/cilindros, cartuchos de tinta e cartuchos de toner, em atendimento as demandas das diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 014/2025 - PREGÃO ELETRÔNICO Nº 004/2025Registro de Preços para Futura e Eventual Contratação de Empresa Especializada para Prestação de Serviço de Transporte Escolar, em atendimento as demandas da Secretaria Municipal de Educação.</t>
+  </si>
+  <si>
+    <t>26/02/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 013/2025 - PREGÃO ELETRÔNICO Nº 004/2025Registro de Preços para Futura e Eventual Contratação de Empresa Especializada para Prestação de Serviço de Transporte Escolar, em atendimento as demandas da Secretaria Municipal de Educação.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 012/2025 - PREGÃO ELETRÔNICO Nº 004/2025Registro de Preços para Futura e Eventual Contratação de Empresa Especializada para Prestação de Serviço de Transporte Escolar, em atendimento as demandas da Secretaria Municipal de Educação.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 011/2025 - PREGÃO ELETRÔNICO Nº 001/2025Registro de Preços para Futura e Eventual Contratação de Empresa Especializada para Prestação de Serviços de Locação de Caminhão Munck E Caminhão Cesto Aéreo Linha Viva, com Motorista (Operador) e Eletricista de Manutenção apto trabalho com Redes Energizadas, em atendimento a Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>24/02/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 008/2025Registro de Preços para Futura e Eventual Contratação de Empresa Especializada para Prestação de Serviço de Limpeza, Manutenção Preventiva, Corretiva e Instalação de Ar-Condicionado, em atendimento das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>14/02/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - INEXIGIBILIDADE DE LICITAÇÃO Nº 004/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM PRESTAÇÃO DE SERVIÇOS MÉDICOS HOSPITALARES, EM CARÁTER COMPLEMENTAR, PARA ATENDER AS DEMANDAS DA SECRETARIA MUNICIPAL DE SAÚDE.</t>
+  </si>
+  <si>
+    <t>13/02/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 007/2025Registro de preços para Futura e Eventual Contratação de Pessoa Jurídica para prestação de serviço de execução de tapa buraco com remendo profundo, em atendimento à demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>11/02/2025</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 002/2025Registro de Preços para a Futura e Eventual aquisição de materiais elétricos, ferramentas elétricas e equipamentos de proteção individual, em atendimento as demandas da Secretaria Municipal de Esporte e Lazer.</t>
+  </si>
+  <si>
+    <t>06/02/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 010/2025 - ADESÃO Nº 002/2025Registro de Preços para a Futura e Eventual Aquisição de Materiais Elétricos, Ferramentas Elétricas e Equipamentos de Proteção Individual, em atendimento as demandas da Secretaria Municipal de Esporte e Lazer.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 009/2025 - PREGÃO ELETRÔNICO Nº 046/2024Registro de Preços para Futura e Eventual Aquisição/Contratação Serviço Técnico Profissional especializado em envio de prestação de contas via Sistema APLIC e Cargas Tempestivas ao TCE/MT e todos os reenvios que porventura vier a necessita, em atendimento à demanda das diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>05/02/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 006/2025Registro de preços Futura e Eventual Contratação de Pessoa Jurídica para fornecimento e instalação de manilhas de concreto em Araputanga/MT, em atendimento à demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>03/02/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE EDITAL DE CHAMADA PÚBLICA N°. 002/2025 - INEXIGIBILIDADE DE LICITAÇÃO N°. 003/2025AVISO DE EDITAL DE CHAMADA PÚBLICA N°. 002/2025 - INEXIGIBILIDADE DE LICITAÇÃO N°. 003/2025</t>
+  </si>
+  <si>
+    <t>30/01/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO –  INEXIGIBILIDADE DE LICITAÇÃO Nº 002/2025CONTRATAÇÃO DE PROFISSIONAL ESPECIALIZADO NA PRESTAÇÃO DE SERVIÇO DE FORMAÇÃO CONTINUADA DA SEMANA PEDAGÓGICA 2025, COM A AGENCIA Q9 CONEXÕES INTELIGENTES, PARA PROFISSIONAIS DA EDUCAÇÃO DA REDE MUNICIPAL DE ENSINO, EM ATENDIMENTO A SECRETARIA MUNICIPAL DE EDUCAÇÃO.</t>
+  </si>
+  <si>
+    <t>28/01/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - DISPENSA DE LICITAÇÃO (RITO ELETRÔNICO) Nº 001/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM FORNECIMENTO DE SISTEMA DE INFORMAÇÕES GEOGRÁFICAS, ASSESSORIA E LAUDOS TÉCNICOS PARA GESTÃO  E FISCALIZAÇÃO DO ITR E APURAÇÃO DO VALOR DA TERRA NUA (VTN), EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE FINANÇAS E PLANEJAMENTO</t>
+  </si>
+  <si>
+    <t>27/01/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 004/2025Registro de Preços para Futura e Eventual Contratação de Empresa Especializada para Prestação de Serviço de Transporte Escolar, em atendimento as demandas da Secretaria Municipal de Educação.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 003/2025Registro de Preços Futura e Eventual Contratação Pessoa Jurídica para a Prestação de Serviço de Recapagem, Recauchutagem e Vulcanização (Repetição P.E nº 043/2024 dos itens que resultaram frustrados), em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 002/2025Registro de Preços para Futura e Eventual aquisição de fraldas descartáveis para suprir as necessidades da Municipal Secretaria de Saúde</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 001/2025Registro de Preços para Futura e Eventual Contratação de Empresa Especializada para Prestação de Serviços de Locação de Caminhão Munck E Caminhão Cesto Aéreo Linha Viva, com Motorista (Operador) e Eletricista de Manutenção apto trabalho com Redes Energizadas, em atendimento a Secretaria Municipal de Obras e Infraestrutura</t>
+  </si>
+  <si>
+    <t>SUSPENSÃO DE LICITAÇÃO 049-2024AVISO DE SUSPENSÃO DE LICITAÇÃO</t>
+  </si>
+  <si>
+    <t>14/01/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO CHAMAMENTO PÚBLICO Nº 001/2025Concessão de Direito Real de Uso de Lotes do Parque Industrial e Tecnológico do Município de Araputanga/MT.</t>
+  </si>
+  <si>
+    <t>13/01/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 008/2025 - ADESÃO Nº 001/2025Registro de Preços para a Futura e Eventual Contratação de Empresa Especializada para Fornecimento da Licença de uso de software por prazo determinado, com atualização mensal, que garanta as alterações legais, corretivas e evolutivas, incluindo conversão, implantação e treinamento, em atendimento as demandas das secretarias municipais.</t>
+  </si>
+  <si>
+    <t>10/01/2025</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 001/2025Registro de Preços para a Futura e Eventual Contratação de Empresa Especializada para fornecimento da licença de uso de software por prazo determinado, com atualização mensal, que garanta as alterações legais, corretivas e evolutivas, incluindo conversão, implantação e treinamento, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ERRATA - EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 049/2024Registro de Preços Para Futura e Eventual Aquisição de Conjunto de Moto Bombas de Água e Painel de Acionamento e Proteção de Bombas Submersas.</t>
+  </si>
+  <si>
+    <t>08/01/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 007/2025 - PREGÃO ELETRÔNICO Nº 035/2024Registro de Preços para Futura e Eventual Aquisição de Material Permanente, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>07/01/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 006/2025 - PREGÃO ELETRÔNICO Nº 035/2024Registro de Preços para Futura e Eventual Aquisição de Material Permanente, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 005/2025 - PREGÃO ELETRÔNICO Nº 035/2024Registro de Preços para Futura e Eventual Aquisição de Material Permanente, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 004/2025 - PREGÃO ELETRÔNICO Nº 035/2024Registro de Preços para Futura e Eventual Aquisição de Material Permanente, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 003/2025 - PREGÃO ELETRÔNICO Nº 035/2024Registro de Preços para Futura e Eventual Aquisição de Material Permanente, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 002/2025 - PREGÃO ELETRÔNICO Nº 035/2024Registro de Preços para Futura e Eventual Aquisição de Material Permanente, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 001/2025 - PREGÃO ELETRÔNICO Nº 035/2024Registro de Preços para Futura e Eventual Aquisição de Material Permanente, em atendimento a demanda das Secretarias Municipais.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -624,540 +1826,3236 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C55"/>
+  <dimension ref="A1:C353"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
-      <c r="B2">
-        <v>2025</v>
+      <c r="B2" t="s">
+        <v>4</v>
       </c>
       <c r="C2"/>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>2025</v>
+        <v>5</v>
+      </c>
+      <c r="B3" t="s">
+        <v>6</v>
       </c>
       <c r="C3"/>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>2025</v>
+        <v>7</v>
+      </c>
+      <c r="B4" t="s">
+        <v>8</v>
       </c>
       <c r="C4"/>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>2025</v>
+        <v>9</v>
+      </c>
+      <c r="B5" t="s">
+        <v>8</v>
       </c>
       <c r="C5"/>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>2025</v>
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>11</v>
       </c>
       <c r="C6"/>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>2025</v>
+        <v>12</v>
+      </c>
+      <c r="B7" t="s">
+        <v>11</v>
       </c>
       <c r="C7"/>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B8" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="C8"/>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B9" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C9"/>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B10" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C10"/>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B11" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C11"/>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B12" t="s">
         <v>18</v>
       </c>
       <c r="C12"/>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B13" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C13"/>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B14" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C14"/>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
+        <v>24</v>
+      </c>
+      <c r="B15" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C15"/>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>25</v>
       </c>
       <c r="B16" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="C16"/>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B17" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="C17"/>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>277</v>
+        <v>27</v>
+      </c>
+      <c r="B18" t="s">
+        <v>23</v>
       </c>
       <c r="C18"/>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B19" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="C19"/>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>259</v>
+        <v>29</v>
+      </c>
+      <c r="B20" t="s">
+        <v>23</v>
       </c>
       <c r="C20"/>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="B21" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="C21"/>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="B22" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="C22"/>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="B23" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="C23"/>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="B24" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="C24"/>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="B25" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="C25"/>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="B26" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="C26"/>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="B27" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="C27"/>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>193</v>
+        <v>40</v>
+      </c>
+      <c r="B28" t="s">
+        <v>39</v>
       </c>
       <c r="C28"/>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>41</v>
+      </c>
+      <c r="B29" t="s">
+        <v>39</v>
       </c>
       <c r="C29"/>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>165</v>
+        <v>42</v>
+      </c>
+      <c r="B30" t="s">
+        <v>43</v>
       </c>
       <c r="C30"/>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="B31" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="C31"/>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="B32" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="C32"/>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="B33" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="C33"/>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="B34" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="C34"/>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="B35" t="s">
-        <v>59</v>
+        <v>43</v>
       </c>
       <c r="C35"/>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="B36" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="C36"/>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="B37" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="C37"/>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>64</v>
+        <v>51</v>
       </c>
       <c r="B38" t="s">
-        <v>65</v>
+        <v>43</v>
       </c>
       <c r="C38"/>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>66</v>
+        <v>52</v>
       </c>
       <c r="B39" t="s">
-        <v>67</v>
+        <v>43</v>
       </c>
       <c r="C39"/>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>68</v>
+        <v>53</v>
       </c>
       <c r="B40" t="s">
-        <v>67</v>
+        <v>43</v>
       </c>
       <c r="C40"/>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="B41" t="s">
-        <v>70</v>
+        <v>43</v>
       </c>
       <c r="C41"/>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>71</v>
+        <v>55</v>
       </c>
       <c r="B42" t="s">
-        <v>72</v>
+        <v>43</v>
       </c>
       <c r="C42"/>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>73</v>
+        <v>56</v>
       </c>
       <c r="B43" t="s">
-        <v>72</v>
+        <v>43</v>
       </c>
       <c r="C43"/>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>74</v>
+        <v>57</v>
       </c>
       <c r="B44" t="s">
-        <v>75</v>
+        <v>58</v>
       </c>
       <c r="C44"/>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>76</v>
+        <v>59</v>
       </c>
       <c r="B45" t="s">
-        <v>75</v>
+        <v>58</v>
       </c>
       <c r="C45"/>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>77</v>
+        <v>60</v>
       </c>
       <c r="B46" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="C46"/>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>79</v>
+        <v>62</v>
       </c>
       <c r="B47" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="C47"/>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>80</v>
+        <v>63</v>
       </c>
       <c r="B48" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="C48"/>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="B49"/>
+        <v>64</v>
+      </c>
+      <c r="B49" t="s">
+        <v>61</v>
+      </c>
       <c r="C49"/>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="B50"/>
+        <v>65</v>
+      </c>
+      <c r="B50" t="s">
+        <v>66</v>
+      </c>
       <c r="C50"/>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="B51"/>
+        <v>67</v>
+      </c>
+      <c r="B51" t="s">
+        <v>68</v>
+      </c>
       <c r="C51"/>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="B52"/>
+        <v>69</v>
+      </c>
+      <c r="B52" t="s">
+        <v>70</v>
+      </c>
       <c r="C52"/>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="B53"/>
+        <v>71</v>
+      </c>
+      <c r="B53" t="s">
+        <v>70</v>
+      </c>
       <c r="C53"/>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="B54"/>
+        <v>72</v>
+      </c>
+      <c r="B54" t="s">
+        <v>73</v>
+      </c>
       <c r="C54"/>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
+        <v>74</v>
+      </c>
+      <c r="B55" t="s">
+        <v>75</v>
+      </c>
+      <c r="C55"/>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" t="s">
+        <v>76</v>
+      </c>
+      <c r="B56" t="s">
+        <v>77</v>
+      </c>
+      <c r="C56"/>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" t="s">
+        <v>78</v>
+      </c>
+      <c r="B57" t="s">
+        <v>77</v>
+      </c>
+      <c r="C57"/>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" t="s">
+        <v>79</v>
+      </c>
+      <c r="B58" t="s">
+        <v>77</v>
+      </c>
+      <c r="C58"/>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" t="s">
+        <v>80</v>
+      </c>
+      <c r="B59" t="s">
+        <v>81</v>
+      </c>
+      <c r="C59"/>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" t="s">
+        <v>82</v>
+      </c>
+      <c r="B60" t="s">
+        <v>83</v>
+      </c>
+      <c r="C60"/>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" t="s">
+        <v>84</v>
+      </c>
+      <c r="B61" t="s">
+        <v>83</v>
+      </c>
+      <c r="C61"/>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" t="s">
+        <v>85</v>
+      </c>
+      <c r="B62" t="s">
+        <v>83</v>
+      </c>
+      <c r="C62"/>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" t="s">
+        <v>86</v>
+      </c>
+      <c r="B63" t="s">
         <v>87</v>
       </c>
-      <c r="B55"/>
-      <c r="C55"/>
+      <c r="C63"/>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" t="s">
+        <v>88</v>
+      </c>
+      <c r="B64" t="s">
+        <v>89</v>
+      </c>
+      <c r="C64"/>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" t="s">
+        <v>90</v>
+      </c>
+      <c r="B65" t="s">
+        <v>89</v>
+      </c>
+      <c r="C65"/>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" t="s">
+        <v>91</v>
+      </c>
+      <c r="B66" t="s">
+        <v>89</v>
+      </c>
+      <c r="C66"/>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" t="s">
+        <v>92</v>
+      </c>
+      <c r="B67" t="s">
+        <v>89</v>
+      </c>
+      <c r="C67"/>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" t="s">
+        <v>93</v>
+      </c>
+      <c r="B68" t="s">
+        <v>89</v>
+      </c>
+      <c r="C68"/>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" t="s">
+        <v>94</v>
+      </c>
+      <c r="B69" t="s">
+        <v>89</v>
+      </c>
+      <c r="C69"/>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" t="s">
+        <v>95</v>
+      </c>
+      <c r="B70" t="s">
+        <v>89</v>
+      </c>
+      <c r="C70"/>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" t="s">
+        <v>96</v>
+      </c>
+      <c r="B71" t="s">
+        <v>89</v>
+      </c>
+      <c r="C71"/>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" t="s">
+        <v>97</v>
+      </c>
+      <c r="B72" t="s">
+        <v>89</v>
+      </c>
+      <c r="C72"/>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" t="s">
+        <v>98</v>
+      </c>
+      <c r="B73" t="s">
+        <v>89</v>
+      </c>
+      <c r="C73"/>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" t="s">
+        <v>99</v>
+      </c>
+      <c r="B74" t="s">
+        <v>89</v>
+      </c>
+      <c r="C74"/>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" t="s">
+        <v>100</v>
+      </c>
+      <c r="B75" t="s">
+        <v>89</v>
+      </c>
+      <c r="C75"/>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" t="s">
+        <v>101</v>
+      </c>
+      <c r="B76" t="s">
+        <v>89</v>
+      </c>
+      <c r="C76"/>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" t="s">
+        <v>102</v>
+      </c>
+      <c r="B77" t="s">
+        <v>89</v>
+      </c>
+      <c r="C77"/>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" t="s">
+        <v>103</v>
+      </c>
+      <c r="B78" t="s">
+        <v>89</v>
+      </c>
+      <c r="C78"/>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" t="s">
+        <v>104</v>
+      </c>
+      <c r="B79" t="s">
+        <v>89</v>
+      </c>
+      <c r="C79"/>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" t="s">
+        <v>105</v>
+      </c>
+      <c r="B80" t="s">
+        <v>106</v>
+      </c>
+      <c r="C80"/>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" t="s">
+        <v>107</v>
+      </c>
+      <c r="B81" t="s">
+        <v>108</v>
+      </c>
+      <c r="C81"/>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" t="s">
+        <v>109</v>
+      </c>
+      <c r="B82" t="s">
+        <v>108</v>
+      </c>
+      <c r="C82"/>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" t="s">
+        <v>110</v>
+      </c>
+      <c r="B83" t="s">
+        <v>111</v>
+      </c>
+      <c r="C83"/>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" t="s">
+        <v>112</v>
+      </c>
+      <c r="B84" t="s">
+        <v>111</v>
+      </c>
+      <c r="C84"/>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" t="s">
+        <v>113</v>
+      </c>
+      <c r="B85" t="s">
+        <v>111</v>
+      </c>
+      <c r="C85"/>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" t="s">
+        <v>114</v>
+      </c>
+      <c r="B86" t="s">
+        <v>111</v>
+      </c>
+      <c r="C86"/>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" t="s">
+        <v>115</v>
+      </c>
+      <c r="B87" t="s">
+        <v>111</v>
+      </c>
+      <c r="C87"/>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" t="s">
+        <v>116</v>
+      </c>
+      <c r="B88" t="s">
+        <v>111</v>
+      </c>
+      <c r="C88"/>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" t="s">
+        <v>117</v>
+      </c>
+      <c r="B89" t="s">
+        <v>118</v>
+      </c>
+      <c r="C89"/>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" t="s">
+        <v>119</v>
+      </c>
+      <c r="B90" t="s">
+        <v>118</v>
+      </c>
+      <c r="C90"/>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" t="s">
+        <v>120</v>
+      </c>
+      <c r="B91" t="s">
+        <v>121</v>
+      </c>
+      <c r="C91"/>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" t="s">
+        <v>122</v>
+      </c>
+      <c r="B92" t="s">
+        <v>121</v>
+      </c>
+      <c r="C92"/>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" t="s">
+        <v>123</v>
+      </c>
+      <c r="B93" t="s">
+        <v>124</v>
+      </c>
+      <c r="C93"/>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" t="s">
+        <v>125</v>
+      </c>
+      <c r="B94" t="s">
+        <v>126</v>
+      </c>
+      <c r="C94"/>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" t="s">
+        <v>127</v>
+      </c>
+      <c r="B95" t="s">
+        <v>128</v>
+      </c>
+      <c r="C95"/>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" t="s">
+        <v>129</v>
+      </c>
+      <c r="B96" t="s">
+        <v>130</v>
+      </c>
+      <c r="C96"/>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" t="s">
+        <v>131</v>
+      </c>
+      <c r="B97" t="s">
+        <v>130</v>
+      </c>
+      <c r="C97"/>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" t="s">
+        <v>132</v>
+      </c>
+      <c r="B98" t="s">
+        <v>133</v>
+      </c>
+      <c r="C98"/>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" t="s">
+        <v>134</v>
+      </c>
+      <c r="B99" t="s">
+        <v>133</v>
+      </c>
+      <c r="C99"/>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" t="s">
+        <v>135</v>
+      </c>
+      <c r="B100" t="s">
+        <v>133</v>
+      </c>
+      <c r="C100"/>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" t="s">
+        <v>136</v>
+      </c>
+      <c r="B101" t="s">
+        <v>133</v>
+      </c>
+      <c r="C101"/>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" t="s">
+        <v>137</v>
+      </c>
+      <c r="B102" t="s">
+        <v>133</v>
+      </c>
+      <c r="C102"/>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" t="s">
+        <v>138</v>
+      </c>
+      <c r="B103" t="s">
+        <v>133</v>
+      </c>
+      <c r="C103"/>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" t="s">
+        <v>139</v>
+      </c>
+      <c r="B104" t="s">
+        <v>133</v>
+      </c>
+      <c r="C104"/>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" t="s">
+        <v>140</v>
+      </c>
+      <c r="B105" t="s">
+        <v>133</v>
+      </c>
+      <c r="C105"/>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" t="s">
+        <v>141</v>
+      </c>
+      <c r="B106" t="s">
+        <v>142</v>
+      </c>
+      <c r="C106"/>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" t="s">
+        <v>143</v>
+      </c>
+      <c r="B107" t="s">
+        <v>144</v>
+      </c>
+      <c r="C107"/>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" t="s">
+        <v>143</v>
+      </c>
+      <c r="B108" t="s">
+        <v>144</v>
+      </c>
+      <c r="C108"/>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" t="s">
+        <v>145</v>
+      </c>
+      <c r="B109" t="s">
+        <v>144</v>
+      </c>
+      <c r="C109"/>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" t="s">
+        <v>146</v>
+      </c>
+      <c r="B110" t="s">
+        <v>147</v>
+      </c>
+      <c r="C110"/>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" t="s">
+        <v>148</v>
+      </c>
+      <c r="B111" t="s">
+        <v>149</v>
+      </c>
+      <c r="C111"/>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" t="s">
+        <v>150</v>
+      </c>
+      <c r="B112" t="s">
+        <v>149</v>
+      </c>
+      <c r="C112"/>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" t="s">
+        <v>151</v>
+      </c>
+      <c r="B113" t="s">
+        <v>149</v>
+      </c>
+      <c r="C113"/>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" t="s">
+        <v>152</v>
+      </c>
+      <c r="B114" t="s">
+        <v>149</v>
+      </c>
+      <c r="C114"/>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" t="s">
+        <v>153</v>
+      </c>
+      <c r="B115" t="s">
+        <v>154</v>
+      </c>
+      <c r="C115"/>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" t="s">
+        <v>155</v>
+      </c>
+      <c r="B116" t="s">
+        <v>154</v>
+      </c>
+      <c r="C116"/>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" t="s">
+        <v>156</v>
+      </c>
+      <c r="B117" t="s">
+        <v>157</v>
+      </c>
+      <c r="C117"/>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" t="s">
+        <v>158</v>
+      </c>
+      <c r="B118" t="s">
+        <v>157</v>
+      </c>
+      <c r="C118"/>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" t="s">
+        <v>159</v>
+      </c>
+      <c r="B119" t="s">
+        <v>157</v>
+      </c>
+      <c r="C119"/>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" t="s">
+        <v>160</v>
+      </c>
+      <c r="B120" t="s">
+        <v>161</v>
+      </c>
+      <c r="C120"/>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" t="s">
+        <v>162</v>
+      </c>
+      <c r="B121" t="s">
+        <v>161</v>
+      </c>
+      <c r="C121"/>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" t="s">
+        <v>163</v>
+      </c>
+      <c r="B122" t="s">
+        <v>161</v>
+      </c>
+      <c r="C122"/>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" t="s">
+        <v>164</v>
+      </c>
+      <c r="B123" t="s">
+        <v>161</v>
+      </c>
+      <c r="C123"/>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" t="s">
+        <v>165</v>
+      </c>
+      <c r="B124" t="s">
+        <v>161</v>
+      </c>
+      <c r="C124"/>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" t="s">
+        <v>166</v>
+      </c>
+      <c r="B125" t="s">
+        <v>161</v>
+      </c>
+      <c r="C125"/>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" t="s">
+        <v>167</v>
+      </c>
+      <c r="B126" t="s">
+        <v>161</v>
+      </c>
+      <c r="C126"/>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" t="s">
+        <v>168</v>
+      </c>
+      <c r="B127" t="s">
+        <v>161</v>
+      </c>
+      <c r="C127"/>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" t="s">
+        <v>169</v>
+      </c>
+      <c r="B128" t="s">
+        <v>161</v>
+      </c>
+      <c r="C128"/>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" t="s">
+        <v>170</v>
+      </c>
+      <c r="B129" t="s">
+        <v>161</v>
+      </c>
+      <c r="C129"/>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" t="s">
+        <v>171</v>
+      </c>
+      <c r="B130" t="s">
+        <v>161</v>
+      </c>
+      <c r="C130"/>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" t="s">
+        <v>172</v>
+      </c>
+      <c r="B131" t="s">
+        <v>161</v>
+      </c>
+      <c r="C131"/>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" t="s">
+        <v>173</v>
+      </c>
+      <c r="B132" t="s">
+        <v>174</v>
+      </c>
+      <c r="C132"/>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" t="s">
+        <v>175</v>
+      </c>
+      <c r="B133" t="s">
+        <v>174</v>
+      </c>
+      <c r="C133"/>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" t="s">
+        <v>176</v>
+      </c>
+      <c r="B134" t="s">
+        <v>177</v>
+      </c>
+      <c r="C134"/>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" t="s">
+        <v>178</v>
+      </c>
+      <c r="B135" t="s">
+        <v>177</v>
+      </c>
+      <c r="C135"/>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" t="s">
+        <v>179</v>
+      </c>
+      <c r="B136" t="s">
+        <v>177</v>
+      </c>
+      <c r="C136"/>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" t="s">
+        <v>180</v>
+      </c>
+      <c r="B137" t="s">
+        <v>177</v>
+      </c>
+      <c r="C137"/>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" t="s">
+        <v>181</v>
+      </c>
+      <c r="B138" t="s">
+        <v>182</v>
+      </c>
+      <c r="C138"/>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" t="s">
+        <v>183</v>
+      </c>
+      <c r="B139" t="s">
+        <v>184</v>
+      </c>
+      <c r="C139"/>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" t="s">
+        <v>185</v>
+      </c>
+      <c r="B140" t="s">
+        <v>186</v>
+      </c>
+      <c r="C140"/>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" t="s">
+        <v>187</v>
+      </c>
+      <c r="B141" t="s">
+        <v>186</v>
+      </c>
+      <c r="C141"/>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" t="s">
+        <v>188</v>
+      </c>
+      <c r="B142" t="s">
+        <v>189</v>
+      </c>
+      <c r="C142"/>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" t="s">
+        <v>190</v>
+      </c>
+      <c r="B143" t="s">
+        <v>191</v>
+      </c>
+      <c r="C143"/>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" t="s">
+        <v>192</v>
+      </c>
+      <c r="B144" t="s">
+        <v>191</v>
+      </c>
+      <c r="C144"/>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" t="s">
+        <v>193</v>
+      </c>
+      <c r="B145" t="s">
+        <v>194</v>
+      </c>
+      <c r="C145"/>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" t="s">
+        <v>195</v>
+      </c>
+      <c r="B146" t="s">
+        <v>194</v>
+      </c>
+      <c r="C146"/>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" t="s">
+        <v>196</v>
+      </c>
+      <c r="B147" t="s">
+        <v>197</v>
+      </c>
+      <c r="C147"/>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" t="s">
+        <v>198</v>
+      </c>
+      <c r="B148" t="s">
+        <v>199</v>
+      </c>
+      <c r="C148"/>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" t="s">
+        <v>200</v>
+      </c>
+      <c r="B149" t="s">
+        <v>199</v>
+      </c>
+      <c r="C149"/>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" t="s">
+        <v>201</v>
+      </c>
+      <c r="B150" t="s">
+        <v>202</v>
+      </c>
+      <c r="C150"/>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" t="s">
+        <v>203</v>
+      </c>
+      <c r="B151" t="s">
+        <v>204</v>
+      </c>
+      <c r="C151"/>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" t="s">
+        <v>205</v>
+      </c>
+      <c r="B152" t="s">
+        <v>206</v>
+      </c>
+      <c r="C152"/>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" t="s">
+        <v>207</v>
+      </c>
+      <c r="B153" t="s">
+        <v>208</v>
+      </c>
+      <c r="C153"/>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" t="s">
+        <v>209</v>
+      </c>
+      <c r="B154" t="s">
+        <v>210</v>
+      </c>
+      <c r="C154"/>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" t="s">
+        <v>211</v>
+      </c>
+      <c r="B155" t="s">
+        <v>212</v>
+      </c>
+      <c r="C155"/>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" t="s">
+        <v>213</v>
+      </c>
+      <c r="B156" t="s">
+        <v>214</v>
+      </c>
+      <c r="C156"/>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" t="s">
+        <v>215</v>
+      </c>
+      <c r="B157" t="s">
+        <v>214</v>
+      </c>
+      <c r="C157"/>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" t="s">
+        <v>216</v>
+      </c>
+      <c r="B158" t="s">
+        <v>214</v>
+      </c>
+      <c r="C158"/>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" t="s">
+        <v>217</v>
+      </c>
+      <c r="B159" t="s">
+        <v>218</v>
+      </c>
+      <c r="C159"/>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" t="s">
+        <v>219</v>
+      </c>
+      <c r="B160" t="s">
+        <v>218</v>
+      </c>
+      <c r="C160"/>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" t="s">
+        <v>220</v>
+      </c>
+      <c r="B161" t="s">
+        <v>218</v>
+      </c>
+      <c r="C161"/>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" t="s">
+        <v>221</v>
+      </c>
+      <c r="B162" t="s">
+        <v>218</v>
+      </c>
+      <c r="C162"/>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" t="s">
+        <v>222</v>
+      </c>
+      <c r="B163" t="s">
+        <v>218</v>
+      </c>
+      <c r="C163"/>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" t="s">
+        <v>223</v>
+      </c>
+      <c r="B164" t="s">
+        <v>218</v>
+      </c>
+      <c r="C164"/>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" t="s">
+        <v>224</v>
+      </c>
+      <c r="B165" t="s">
+        <v>225</v>
+      </c>
+      <c r="C165"/>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" t="s">
+        <v>226</v>
+      </c>
+      <c r="B166" t="s">
+        <v>227</v>
+      </c>
+      <c r="C166"/>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" t="s">
+        <v>228</v>
+      </c>
+      <c r="B167" t="s">
+        <v>227</v>
+      </c>
+      <c r="C167"/>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" t="s">
+        <v>229</v>
+      </c>
+      <c r="B168" t="s">
+        <v>227</v>
+      </c>
+      <c r="C168"/>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" t="s">
+        <v>230</v>
+      </c>
+      <c r="B169" t="s">
+        <v>231</v>
+      </c>
+      <c r="C169"/>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" t="s">
+        <v>232</v>
+      </c>
+      <c r="B170" t="s">
+        <v>231</v>
+      </c>
+      <c r="C170"/>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" t="s">
+        <v>233</v>
+      </c>
+      <c r="B171" t="s">
+        <v>234</v>
+      </c>
+      <c r="C171"/>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" t="s">
+        <v>235</v>
+      </c>
+      <c r="B172" t="s">
+        <v>236</v>
+      </c>
+      <c r="C172"/>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" t="s">
+        <v>237</v>
+      </c>
+      <c r="B173" t="s">
+        <v>238</v>
+      </c>
+      <c r="C173"/>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" t="s">
+        <v>239</v>
+      </c>
+      <c r="B174" t="s">
+        <v>238</v>
+      </c>
+      <c r="C174"/>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" t="s">
+        <v>240</v>
+      </c>
+      <c r="B175" t="s">
+        <v>238</v>
+      </c>
+      <c r="C175"/>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" t="s">
+        <v>241</v>
+      </c>
+      <c r="B176" t="s">
+        <v>242</v>
+      </c>
+      <c r="C176"/>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" t="s">
+        <v>243</v>
+      </c>
+      <c r="B177" t="s">
+        <v>242</v>
+      </c>
+      <c r="C177"/>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" t="s">
+        <v>244</v>
+      </c>
+      <c r="B178" t="s">
+        <v>242</v>
+      </c>
+      <c r="C178"/>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" t="s">
+        <v>245</v>
+      </c>
+      <c r="B179" t="s">
+        <v>242</v>
+      </c>
+      <c r="C179"/>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" t="s">
+        <v>246</v>
+      </c>
+      <c r="B180" t="s">
+        <v>242</v>
+      </c>
+      <c r="C180"/>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" t="s">
+        <v>247</v>
+      </c>
+      <c r="B181" t="s">
+        <v>248</v>
+      </c>
+      <c r="C181"/>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" t="s">
+        <v>249</v>
+      </c>
+      <c r="B182" t="s">
+        <v>250</v>
+      </c>
+      <c r="C182"/>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" t="s">
+        <v>251</v>
+      </c>
+      <c r="B183" t="s">
+        <v>250</v>
+      </c>
+      <c r="C183"/>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" t="s">
+        <v>252</v>
+      </c>
+      <c r="B184" t="s">
+        <v>253</v>
+      </c>
+      <c r="C184"/>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" t="s">
+        <v>254</v>
+      </c>
+      <c r="B185" t="s">
+        <v>253</v>
+      </c>
+      <c r="C185"/>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" t="s">
+        <v>255</v>
+      </c>
+      <c r="B186" t="s">
+        <v>256</v>
+      </c>
+      <c r="C186"/>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" t="s">
+        <v>257</v>
+      </c>
+      <c r="B187" t="s">
+        <v>256</v>
+      </c>
+      <c r="C187"/>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" t="s">
+        <v>258</v>
+      </c>
+      <c r="B188" t="s">
+        <v>259</v>
+      </c>
+      <c r="C188"/>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" t="s">
+        <v>260</v>
+      </c>
+      <c r="B189" t="s">
+        <v>259</v>
+      </c>
+      <c r="C189"/>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" t="s">
+        <v>261</v>
+      </c>
+      <c r="B190" t="s">
+        <v>262</v>
+      </c>
+      <c r="C190"/>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" t="s">
+        <v>263</v>
+      </c>
+      <c r="B191" t="s">
+        <v>262</v>
+      </c>
+      <c r="C191"/>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" t="s">
+        <v>264</v>
+      </c>
+      <c r="B192" t="s">
+        <v>265</v>
+      </c>
+      <c r="C192"/>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" t="s">
+        <v>266</v>
+      </c>
+      <c r="B193" t="s">
+        <v>267</v>
+      </c>
+      <c r="C193"/>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" t="s">
+        <v>268</v>
+      </c>
+      <c r="B194" t="s">
+        <v>269</v>
+      </c>
+      <c r="C194"/>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" t="s">
+        <v>270</v>
+      </c>
+      <c r="B195" t="s">
+        <v>269</v>
+      </c>
+      <c r="C195"/>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" t="s">
+        <v>271</v>
+      </c>
+      <c r="B196" t="s">
+        <v>269</v>
+      </c>
+      <c r="C196"/>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" t="s">
+        <v>272</v>
+      </c>
+      <c r="B197" t="s">
+        <v>269</v>
+      </c>
+      <c r="C197"/>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" t="s">
+        <v>273</v>
+      </c>
+      <c r="B198" t="s">
+        <v>269</v>
+      </c>
+      <c r="C198"/>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" t="s">
+        <v>274</v>
+      </c>
+      <c r="B199" t="s">
+        <v>275</v>
+      </c>
+      <c r="C199"/>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" t="s">
+        <v>276</v>
+      </c>
+      <c r="B200" t="s">
+        <v>275</v>
+      </c>
+      <c r="C200"/>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" t="s">
+        <v>277</v>
+      </c>
+      <c r="B201" t="s">
+        <v>275</v>
+      </c>
+      <c r="C201"/>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" t="s">
+        <v>278</v>
+      </c>
+      <c r="B202" t="s">
+        <v>275</v>
+      </c>
+      <c r="C202"/>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" t="s">
+        <v>279</v>
+      </c>
+      <c r="B203" t="s">
+        <v>275</v>
+      </c>
+      <c r="C203"/>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" t="s">
+        <v>280</v>
+      </c>
+      <c r="B204" t="s">
+        <v>275</v>
+      </c>
+      <c r="C204"/>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" t="s">
+        <v>281</v>
+      </c>
+      <c r="B205" t="s">
+        <v>275</v>
+      </c>
+      <c r="C205"/>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" t="s">
+        <v>282</v>
+      </c>
+      <c r="B206" t="s">
+        <v>275</v>
+      </c>
+      <c r="C206"/>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" t="s">
+        <v>283</v>
+      </c>
+      <c r="B207" t="s">
+        <v>275</v>
+      </c>
+      <c r="C207"/>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" t="s">
+        <v>284</v>
+      </c>
+      <c r="B208" t="s">
+        <v>275</v>
+      </c>
+      <c r="C208"/>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" t="s">
+        <v>285</v>
+      </c>
+      <c r="B209" t="s">
+        <v>275</v>
+      </c>
+      <c r="C209"/>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" t="s">
+        <v>286</v>
+      </c>
+      <c r="B210" t="s">
+        <v>275</v>
+      </c>
+      <c r="C210"/>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" t="s">
+        <v>287</v>
+      </c>
+      <c r="B211" t="s">
+        <v>275</v>
+      </c>
+      <c r="C211"/>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" t="s">
+        <v>288</v>
+      </c>
+      <c r="B212" t="s">
+        <v>275</v>
+      </c>
+      <c r="C212"/>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" t="s">
+        <v>289</v>
+      </c>
+      <c r="B213" t="s">
+        <v>290</v>
+      </c>
+      <c r="C213"/>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" t="s">
+        <v>291</v>
+      </c>
+      <c r="B214" t="s">
+        <v>292</v>
+      </c>
+      <c r="C214"/>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" t="s">
+        <v>293</v>
+      </c>
+      <c r="B215" t="s">
+        <v>292</v>
+      </c>
+      <c r="C215"/>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" t="s">
+        <v>294</v>
+      </c>
+      <c r="B216" t="s">
+        <v>292</v>
+      </c>
+      <c r="C216"/>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" t="s">
+        <v>295</v>
+      </c>
+      <c r="B217" t="s">
+        <v>292</v>
+      </c>
+      <c r="C217"/>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" t="s">
+        <v>296</v>
+      </c>
+      <c r="B218" t="s">
+        <v>292</v>
+      </c>
+      <c r="C218"/>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" t="s">
+        <v>297</v>
+      </c>
+      <c r="B219" t="s">
+        <v>292</v>
+      </c>
+      <c r="C219"/>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" t="s">
+        <v>298</v>
+      </c>
+      <c r="B220" t="s">
+        <v>299</v>
+      </c>
+      <c r="C220"/>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" t="s">
+        <v>300</v>
+      </c>
+      <c r="B221" t="s">
+        <v>299</v>
+      </c>
+      <c r="C221"/>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" t="s">
+        <v>301</v>
+      </c>
+      <c r="B222" t="s">
+        <v>299</v>
+      </c>
+      <c r="C222"/>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" t="s">
+        <v>302</v>
+      </c>
+      <c r="B223" t="s">
+        <v>303</v>
+      </c>
+      <c r="C223"/>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" t="s">
+        <v>304</v>
+      </c>
+      <c r="B224" t="s">
+        <v>305</v>
+      </c>
+      <c r="C224"/>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" t="s">
+        <v>306</v>
+      </c>
+      <c r="B225" t="s">
+        <v>305</v>
+      </c>
+      <c r="C225"/>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" t="s">
+        <v>307</v>
+      </c>
+      <c r="B226" t="s">
+        <v>308</v>
+      </c>
+      <c r="C226"/>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" t="s">
+        <v>309</v>
+      </c>
+      <c r="B227" t="s">
+        <v>308</v>
+      </c>
+      <c r="C227"/>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" t="s">
+        <v>310</v>
+      </c>
+      <c r="B228" t="s">
+        <v>311</v>
+      </c>
+      <c r="C228"/>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" t="s">
+        <v>312</v>
+      </c>
+      <c r="B229" t="s">
+        <v>311</v>
+      </c>
+      <c r="C229"/>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" t="s">
+        <v>313</v>
+      </c>
+      <c r="B230" t="s">
+        <v>314</v>
+      </c>
+      <c r="C230"/>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" t="s">
+        <v>315</v>
+      </c>
+      <c r="B231" t="s">
+        <v>314</v>
+      </c>
+      <c r="C231"/>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" t="s">
+        <v>316</v>
+      </c>
+      <c r="B232" t="s">
+        <v>317</v>
+      </c>
+      <c r="C232"/>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" t="s">
+        <v>318</v>
+      </c>
+      <c r="B233" t="s">
+        <v>319</v>
+      </c>
+      <c r="C233"/>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" t="s">
+        <v>320</v>
+      </c>
+      <c r="B234" t="s">
+        <v>321</v>
+      </c>
+      <c r="C234"/>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" t="s">
+        <v>322</v>
+      </c>
+      <c r="B235" t="s">
+        <v>321</v>
+      </c>
+      <c r="C235"/>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" t="s">
+        <v>323</v>
+      </c>
+      <c r="B236" t="s">
+        <v>321</v>
+      </c>
+      <c r="C236"/>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" t="s">
+        <v>324</v>
+      </c>
+      <c r="B237" t="s">
+        <v>321</v>
+      </c>
+      <c r="C237"/>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" t="s">
+        <v>325</v>
+      </c>
+      <c r="B238" t="s">
+        <v>321</v>
+      </c>
+      <c r="C238"/>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" t="s">
+        <v>326</v>
+      </c>
+      <c r="B239" t="s">
+        <v>327</v>
+      </c>
+      <c r="C239"/>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" t="s">
+        <v>328</v>
+      </c>
+      <c r="B240" t="s">
+        <v>329</v>
+      </c>
+      <c r="C240"/>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" t="s">
+        <v>330</v>
+      </c>
+      <c r="B241" t="s">
+        <v>331</v>
+      </c>
+      <c r="C241"/>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" t="s">
+        <v>332</v>
+      </c>
+      <c r="B242" t="s">
+        <v>331</v>
+      </c>
+      <c r="C242"/>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" t="s">
+        <v>333</v>
+      </c>
+      <c r="B243" t="s">
+        <v>334</v>
+      </c>
+      <c r="C243"/>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" t="s">
+        <v>335</v>
+      </c>
+      <c r="B244" t="s">
+        <v>334</v>
+      </c>
+      <c r="C244"/>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" t="s">
+        <v>336</v>
+      </c>
+      <c r="B245" t="s">
+        <v>334</v>
+      </c>
+      <c r="C245"/>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" t="s">
+        <v>337</v>
+      </c>
+      <c r="B246" t="s">
+        <v>334</v>
+      </c>
+      <c r="C246"/>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" t="s">
+        <v>338</v>
+      </c>
+      <c r="B247" t="s">
+        <v>334</v>
+      </c>
+      <c r="C247"/>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" t="s">
+        <v>339</v>
+      </c>
+      <c r="B248" t="s">
+        <v>340</v>
+      </c>
+      <c r="C248"/>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" t="s">
+        <v>341</v>
+      </c>
+      <c r="B249" t="s">
+        <v>340</v>
+      </c>
+      <c r="C249"/>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" t="s">
+        <v>342</v>
+      </c>
+      <c r="B250" t="s">
+        <v>343</v>
+      </c>
+      <c r="C250"/>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" t="s">
+        <v>344</v>
+      </c>
+      <c r="B251" t="s">
+        <v>343</v>
+      </c>
+      <c r="C251"/>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" t="s">
+        <v>345</v>
+      </c>
+      <c r="B252" t="s">
+        <v>346</v>
+      </c>
+      <c r="C252"/>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" t="s">
+        <v>347</v>
+      </c>
+      <c r="B253" t="s">
+        <v>348</v>
+      </c>
+      <c r="C253"/>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" t="s">
+        <v>349</v>
+      </c>
+      <c r="B254" t="s">
+        <v>350</v>
+      </c>
+      <c r="C254"/>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" t="s">
+        <v>351</v>
+      </c>
+      <c r="B255" t="s">
+        <v>350</v>
+      </c>
+      <c r="C255"/>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" t="s">
+        <v>352</v>
+      </c>
+      <c r="B256" t="s">
+        <v>353</v>
+      </c>
+      <c r="C256"/>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" t="s">
+        <v>354</v>
+      </c>
+      <c r="B257" t="s">
+        <v>353</v>
+      </c>
+      <c r="C257"/>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" t="s">
+        <v>355</v>
+      </c>
+      <c r="B258" t="s">
+        <v>356</v>
+      </c>
+      <c r="C258"/>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" t="s">
+        <v>357</v>
+      </c>
+      <c r="B259" t="s">
+        <v>358</v>
+      </c>
+      <c r="C259"/>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" t="s">
+        <v>359</v>
+      </c>
+      <c r="B260" t="s">
+        <v>358</v>
+      </c>
+      <c r="C260"/>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" t="s">
+        <v>360</v>
+      </c>
+      <c r="B261" t="s">
+        <v>358</v>
+      </c>
+      <c r="C261"/>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" t="s">
+        <v>361</v>
+      </c>
+      <c r="B262" t="s">
+        <v>358</v>
+      </c>
+      <c r="C262"/>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" t="s">
+        <v>362</v>
+      </c>
+      <c r="B263" t="s">
+        <v>363</v>
+      </c>
+      <c r="C263"/>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" t="s">
+        <v>364</v>
+      </c>
+      <c r="B264" t="s">
+        <v>363</v>
+      </c>
+      <c r="C264"/>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" t="s">
+        <v>365</v>
+      </c>
+      <c r="B265" t="s">
+        <v>363</v>
+      </c>
+      <c r="C265"/>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" t="s">
+        <v>366</v>
+      </c>
+      <c r="B266" t="s">
+        <v>363</v>
+      </c>
+      <c r="C266"/>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" t="s">
+        <v>367</v>
+      </c>
+      <c r="B267" t="s">
+        <v>363</v>
+      </c>
+      <c r="C267"/>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" t="s">
+        <v>368</v>
+      </c>
+      <c r="B268" t="s">
+        <v>369</v>
+      </c>
+      <c r="C268"/>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" t="s">
+        <v>370</v>
+      </c>
+      <c r="B269" t="s">
+        <v>369</v>
+      </c>
+      <c r="C269"/>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" t="s">
+        <v>371</v>
+      </c>
+      <c r="B270" t="s">
+        <v>372</v>
+      </c>
+      <c r="C270"/>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" t="s">
+        <v>373</v>
+      </c>
+      <c r="B271" t="s">
+        <v>372</v>
+      </c>
+      <c r="C271"/>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" t="s">
+        <v>374</v>
+      </c>
+      <c r="B272" t="s">
+        <v>372</v>
+      </c>
+      <c r="C272"/>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" t="s">
+        <v>375</v>
+      </c>
+      <c r="B273" t="s">
+        <v>372</v>
+      </c>
+      <c r="C273"/>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" t="s">
+        <v>376</v>
+      </c>
+      <c r="B274" t="s">
+        <v>377</v>
+      </c>
+      <c r="C274"/>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" t="s">
+        <v>378</v>
+      </c>
+      <c r="B275" t="s">
+        <v>377</v>
+      </c>
+      <c r="C275"/>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" t="s">
+        <v>379</v>
+      </c>
+      <c r="B276" t="s">
+        <v>380</v>
+      </c>
+      <c r="C276"/>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" t="s">
+        <v>381</v>
+      </c>
+      <c r="B277" t="s">
+        <v>380</v>
+      </c>
+      <c r="C277"/>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" t="s">
+        <v>382</v>
+      </c>
+      <c r="B278" t="s">
+        <v>380</v>
+      </c>
+      <c r="C278"/>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" t="s">
+        <v>383</v>
+      </c>
+      <c r="B279" t="s">
+        <v>384</v>
+      </c>
+      <c r="C279"/>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" t="s">
+        <v>385</v>
+      </c>
+      <c r="B280" t="s">
+        <v>384</v>
+      </c>
+      <c r="C280"/>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" t="s">
+        <v>386</v>
+      </c>
+      <c r="B281" t="s">
+        <v>384</v>
+      </c>
+      <c r="C281"/>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" t="s">
+        <v>387</v>
+      </c>
+      <c r="B282" t="s">
+        <v>384</v>
+      </c>
+      <c r="C282"/>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" t="s">
+        <v>388</v>
+      </c>
+      <c r="B283" t="s">
+        <v>384</v>
+      </c>
+      <c r="C283"/>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" t="s">
+        <v>389</v>
+      </c>
+      <c r="B284" t="s">
+        <v>390</v>
+      </c>
+      <c r="C284"/>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" t="s">
+        <v>391</v>
+      </c>
+      <c r="B285" t="s">
+        <v>392</v>
+      </c>
+      <c r="C285"/>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" t="s">
+        <v>393</v>
+      </c>
+      <c r="B286" t="s">
+        <v>392</v>
+      </c>
+      <c r="C286"/>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" t="s">
+        <v>394</v>
+      </c>
+      <c r="B287" t="s">
+        <v>395</v>
+      </c>
+      <c r="C287"/>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" t="s">
+        <v>396</v>
+      </c>
+      <c r="B288" t="s">
+        <v>397</v>
+      </c>
+      <c r="C288"/>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" t="s">
+        <v>398</v>
+      </c>
+      <c r="B289" t="s">
+        <v>397</v>
+      </c>
+      <c r="C289"/>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" t="s">
+        <v>399</v>
+      </c>
+      <c r="B290" t="s">
+        <v>397</v>
+      </c>
+      <c r="C290"/>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" t="s">
+        <v>400</v>
+      </c>
+      <c r="B291" t="s">
+        <v>397</v>
+      </c>
+      <c r="C291"/>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" t="s">
+        <v>401</v>
+      </c>
+      <c r="B292" t="s">
+        <v>397</v>
+      </c>
+      <c r="C292"/>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" t="s">
+        <v>402</v>
+      </c>
+      <c r="B293" t="s">
+        <v>397</v>
+      </c>
+      <c r="C293"/>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" t="s">
+        <v>403</v>
+      </c>
+      <c r="B294" t="s">
+        <v>397</v>
+      </c>
+      <c r="C294"/>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" t="s">
+        <v>404</v>
+      </c>
+      <c r="B295" t="s">
+        <v>397</v>
+      </c>
+      <c r="C295"/>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" t="s">
+        <v>405</v>
+      </c>
+      <c r="B296" t="s">
+        <v>397</v>
+      </c>
+      <c r="C296"/>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" t="s">
+        <v>406</v>
+      </c>
+      <c r="B297" t="s">
+        <v>397</v>
+      </c>
+      <c r="C297"/>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" t="s">
+        <v>407</v>
+      </c>
+      <c r="B298" t="s">
+        <v>397</v>
+      </c>
+      <c r="C298"/>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" t="s">
+        <v>408</v>
+      </c>
+      <c r="B299" t="s">
+        <v>397</v>
+      </c>
+      <c r="C299"/>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" t="s">
+        <v>409</v>
+      </c>
+      <c r="B300" t="s">
+        <v>397</v>
+      </c>
+      <c r="C300"/>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" t="s">
+        <v>410</v>
+      </c>
+      <c r="B301" t="s">
+        <v>397</v>
+      </c>
+      <c r="C301"/>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" t="s">
+        <v>411</v>
+      </c>
+      <c r="B302" t="s">
+        <v>397</v>
+      </c>
+      <c r="C302"/>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" t="s">
+        <v>412</v>
+      </c>
+      <c r="B303" t="s">
+        <v>413</v>
+      </c>
+      <c r="C303"/>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" t="s">
+        <v>414</v>
+      </c>
+      <c r="B304" t="s">
+        <v>413</v>
+      </c>
+      <c r="C304"/>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" t="s">
+        <v>415</v>
+      </c>
+      <c r="B305" t="s">
+        <v>416</v>
+      </c>
+      <c r="C305"/>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" t="s">
+        <v>417</v>
+      </c>
+      <c r="B306" t="s">
+        <v>418</v>
+      </c>
+      <c r="C306"/>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" t="s">
+        <v>419</v>
+      </c>
+      <c r="B307" t="s">
+        <v>420</v>
+      </c>
+      <c r="C307"/>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" t="s">
+        <v>421</v>
+      </c>
+      <c r="B308" t="s">
+        <v>420</v>
+      </c>
+      <c r="C308"/>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" t="s">
+        <v>422</v>
+      </c>
+      <c r="B309" t="s">
+        <v>420</v>
+      </c>
+      <c r="C309"/>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" t="s">
+        <v>423</v>
+      </c>
+      <c r="B310" t="s">
+        <v>420</v>
+      </c>
+      <c r="C310"/>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" t="s">
+        <v>424</v>
+      </c>
+      <c r="B311" t="s">
+        <v>425</v>
+      </c>
+      <c r="C311"/>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" t="s">
+        <v>426</v>
+      </c>
+      <c r="B312" t="s">
+        <v>427</v>
+      </c>
+      <c r="C312"/>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" t="s">
+        <v>428</v>
+      </c>
+      <c r="B313" t="s">
+        <v>429</v>
+      </c>
+      <c r="C313"/>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" t="s">
+        <v>430</v>
+      </c>
+      <c r="B314" t="s">
+        <v>431</v>
+      </c>
+      <c r="C314"/>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" t="s">
+        <v>432</v>
+      </c>
+      <c r="B315" t="s">
+        <v>433</v>
+      </c>
+      <c r="C315"/>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" t="s">
+        <v>434</v>
+      </c>
+      <c r="B316" t="s">
+        <v>433</v>
+      </c>
+      <c r="C316"/>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" t="s">
+        <v>435</v>
+      </c>
+      <c r="B317" t="s">
+        <v>433</v>
+      </c>
+      <c r="C317"/>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" t="s">
+        <v>436</v>
+      </c>
+      <c r="B318" t="s">
+        <v>433</v>
+      </c>
+      <c r="C318"/>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" t="s">
+        <v>437</v>
+      </c>
+      <c r="B319" t="s">
+        <v>438</v>
+      </c>
+      <c r="C319"/>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" t="s">
+        <v>439</v>
+      </c>
+      <c r="B320" t="s">
+        <v>438</v>
+      </c>
+      <c r="C320"/>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" t="s">
+        <v>440</v>
+      </c>
+      <c r="B321" t="s">
+        <v>438</v>
+      </c>
+      <c r="C321"/>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" t="s">
+        <v>441</v>
+      </c>
+      <c r="B322" t="s">
+        <v>438</v>
+      </c>
+      <c r="C322"/>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" t="s">
+        <v>442</v>
+      </c>
+      <c r="B323" t="s">
+        <v>443</v>
+      </c>
+      <c r="C323"/>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" t="s">
+        <v>444</v>
+      </c>
+      <c r="B324" t="s">
+        <v>443</v>
+      </c>
+      <c r="C324"/>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" t="s">
+        <v>445</v>
+      </c>
+      <c r="B325" t="s">
+        <v>443</v>
+      </c>
+      <c r="C325"/>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" t="s">
+        <v>446</v>
+      </c>
+      <c r="B326" t="s">
+        <v>447</v>
+      </c>
+      <c r="C326"/>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" t="s">
+        <v>448</v>
+      </c>
+      <c r="B327" t="s">
+        <v>449</v>
+      </c>
+      <c r="C327"/>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" t="s">
+        <v>450</v>
+      </c>
+      <c r="B328" t="s">
+        <v>451</v>
+      </c>
+      <c r="C328"/>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" t="s">
+        <v>452</v>
+      </c>
+      <c r="B329" t="s">
+        <v>453</v>
+      </c>
+      <c r="C329"/>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" t="s">
+        <v>454</v>
+      </c>
+      <c r="B330" t="s">
+        <v>455</v>
+      </c>
+      <c r="C330"/>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" t="s">
+        <v>456</v>
+      </c>
+      <c r="B331" t="s">
+        <v>455</v>
+      </c>
+      <c r="C331"/>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" t="s">
+        <v>457</v>
+      </c>
+      <c r="B332" t="s">
+        <v>458</v>
+      </c>
+      <c r="C332"/>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" t="s">
+        <v>459</v>
+      </c>
+      <c r="B333" t="s">
+        <v>460</v>
+      </c>
+      <c r="C333"/>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" t="s">
+        <v>461</v>
+      </c>
+      <c r="B334" t="s">
+        <v>462</v>
+      </c>
+      <c r="C334"/>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" t="s">
+        <v>463</v>
+      </c>
+      <c r="B335" t="s">
+        <v>464</v>
+      </c>
+      <c r="C335"/>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" t="s">
+        <v>465</v>
+      </c>
+      <c r="B336" t="s">
+        <v>466</v>
+      </c>
+      <c r="C336"/>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" t="s">
+        <v>467</v>
+      </c>
+      <c r="B337" t="s">
+        <v>466</v>
+      </c>
+      <c r="C337"/>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" t="s">
+        <v>468</v>
+      </c>
+      <c r="B338" t="s">
+        <v>466</v>
+      </c>
+      <c r="C338"/>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" t="s">
+        <v>469</v>
+      </c>
+      <c r="B339" t="s">
+        <v>466</v>
+      </c>
+      <c r="C339"/>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" t="s">
+        <v>470</v>
+      </c>
+      <c r="B340" t="s">
+        <v>466</v>
+      </c>
+      <c r="C340"/>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" t="s">
+        <v>471</v>
+      </c>
+      <c r="B341" t="s">
+        <v>466</v>
+      </c>
+      <c r="C341"/>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" t="s">
+        <v>472</v>
+      </c>
+      <c r="B342" t="s">
+        <v>473</v>
+      </c>
+      <c r="C342"/>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" t="s">
+        <v>474</v>
+      </c>
+      <c r="B343" t="s">
+        <v>475</v>
+      </c>
+      <c r="C343"/>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" t="s">
+        <v>476</v>
+      </c>
+      <c r="B344" t="s">
+        <v>477</v>
+      </c>
+      <c r="C344"/>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" t="s">
+        <v>478</v>
+      </c>
+      <c r="B345" t="s">
+        <v>477</v>
+      </c>
+      <c r="C345"/>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" t="s">
+        <v>479</v>
+      </c>
+      <c r="B346" t="s">
+        <v>480</v>
+      </c>
+      <c r="C346"/>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" t="s">
+        <v>481</v>
+      </c>
+      <c r="B347" t="s">
+        <v>482</v>
+      </c>
+      <c r="C347"/>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" t="s">
+        <v>483</v>
+      </c>
+      <c r="B348" t="s">
+        <v>482</v>
+      </c>
+      <c r="C348"/>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" t="s">
+        <v>484</v>
+      </c>
+      <c r="B349" t="s">
+        <v>482</v>
+      </c>
+      <c r="C349"/>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" t="s">
+        <v>485</v>
+      </c>
+      <c r="B350" t="s">
+        <v>482</v>
+      </c>
+      <c r="C350"/>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" t="s">
+        <v>486</v>
+      </c>
+      <c r="B351" t="s">
+        <v>482</v>
+      </c>
+      <c r="C351"/>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" t="s">
+        <v>487</v>
+      </c>
+      <c r="B352" t="s">
+        <v>482</v>
+      </c>
+      <c r="C352"/>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" t="s">
+        <v>488</v>
+      </c>
+      <c r="B353" t="s">
+        <v>482</v>
+      </c>
+      <c r="C353"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>