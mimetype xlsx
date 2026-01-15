--- v2 (2025-12-18)
+++ v3 (2026-01-15)
@@ -12,1517 +12,327 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="489">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>Decrição</t>
   </si>
   <si>
-    <t>Data</t>
+    <t>Número</t>
   </si>
   <si>
     <t>VER</t>
   </si>
   <si>
-    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 019/2025Registro de preços para futura e eventual aquisição de material permanente, em atendimento as necessidades da Secretaria Municipal de Educação e Cultura.</t>
-[...1454 lines deleted...]
-    <t>ATA DE REGISTRO DE PREÇOS Nº 001/2025 - PREGÃO ELETRÔNICO Nº 035/2024Registro de Preços para Futura e Eventual Aquisição de Material Permanente, em atendimento a demanda das Secretarias Municipais.</t>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 028.2025REFERENTE AQUISIÇÃO BENEFÍCIOS EVENTUAIS (CESTAS BÁSICAS), A SEREM DISTRIBUÍDOS, PARA AS FAMÍLIAS USUÁRIAS DOS SERVIÇOS DE PROTEÇÃO E ATENDIMENTOS INTEGRAL À FAMÍLIA - PAIF/CRAS E DA EQUIPE DE PROTEÇÃO SOCIAL ESPECIAL/PSE, DE ACORDO COM OS CRITÉRIOS DA AVALIAÇÃO SOCIAL DA EQUIPE TÉCNICA DE REFERENCIA DO SERVIÇO.</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 24.2025REFERENTE AQUISIÇÃO DE EMBALAGENS E CONGÊRENERES PARA ATENDER A DEMANDA DA PREFEITURA MUNICIPAL DE SÃO JOSÉ DOS QUATRO MARCOS/MT</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - CONCORRÊNCIA ELETRÔNICA 06.2025CONSTRUÇÃO DO CENTRO DE EDUCAÇÃO INFANTIL – PRÓ INFÂNCIA TIPO B (20106) – (CRECHE BAIRRO SÃO FRANCISCO)</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 23.2025Registro de preço para aquisição de equipamentos a serem utilizados nos trabalhos da Secretaria de Agricultura do Município de São José dos Quatro Marcos/MT, de acordo com convenio nº 913203/2021.</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 14.2025REGISTRO DE PREÇO PARA FUTURA E EVENTUAL AQUISIÇÃO DE HIGIENE, CAMA, MESA, BANHO E UTENSÍLIOS PARA ATENDIMENTO DAS SECRETARIAS DA PREFEITURA MUNICIPAL DE SÃO JOSÉ DOS QUATRO MARCOS- MT.</t>
+  </si>
+  <si>
+    <t>Atas de Reg. de Preços - Pregão Eletrônico 15.2025Registro de preço para futura e eventual aquisição de placas de sinalizações e materiais diversos que serão utilizados na sinalização das via urbanas e rurais do Município de São José dos Quatro Marcos.</t>
+  </si>
+  <si>
+    <t>CREDENCIAMENTO 02.2025 - AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS DA AGRICULTURA FAMILIARCHAMADA PÚBLICA PARA AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS DA AGRICULTURA FAMILIAR E DO EMPREENDEDOR FAMILIAR RURAL, DESTINADO AO ATENDIMENTO DO PROGRAMA NACIONAL DE ALIMENTAÇÃO ESCOLAR/PNAE, DURANTE O PERÍODO LETIVO DE 2026.</t>
+  </si>
+  <si>
+    <t>0333/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE RETIFICAÇÃO DE EDITAL - PREGÃO ELETRÔNICO 53.2025REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL AQUISIÇÃO DE MÁQUINAS E EQUIPAMENTOS AGRÍCOLAS - AQUISIÇÃO DE ADUBADORA E SEMEADORA; CARRETA AGRÍCOLA; ENXADA ROTATIVA ENCANTEIRADORA; GRADE ARADORA; GRADE NIVELADORA E ROÇADEIRA HIDRÁULICA PARA SEREM UTILIZADOS E FOMENTAR PRODUÇÃO AGROPECUÁRIA E DIVERSIFICAÇÃO DA PRODUÇÃO, SEGURANÇA ALIMENTAR E NUTRICIONAL E GERAÇÃO DE RENDA DOS PROJETOS DE ASSENTAMENTOS PA. SANTA ROSA I FLORESTAN FERNANDES LOCALIZADO NO MUNICÍPIO DE SÃO JOSÉ DOS QUATRO MARCOS-MT.</t>
+  </si>
+  <si>
+    <t>0309/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 51.2025“Registro de preços para futura e eventual contratação de empresa especializada na prestação de locação de itens temporários e demais serviços necessários para a realização de eventos da Prefeitura Municipal de São José dos Quatro Marcos - MT.”</t>
+  </si>
+  <si>
+    <t>0304/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 49.2025“Registro de preço para futura e eventual aquisição de produtos químicos e dosador para utilização no tratamento de água utilizado pelo Município de São José dos Quatro Marcos através das ações do Departamento de Água e Esgoto – DAE”</t>
+  </si>
+  <si>
+    <t>0300/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 48.2025“Registro de preços para contratação de empresa especializada na prestação de serviços de limpeza em áreas especificas, consistindo na higienização de placas solares fotovoltaicas instaladas nos prédios e estruturas públicas pertencentes à Prefeitura Municipal de São José dos Quatro Marcos, incluindo o fornecimento de toda mão de obra qualificada, materiais, equipamentos e insumos necessários à perfeita execução dos serviços”</t>
+  </si>
+  <si>
+    <t>0299/2025</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITAÇÃO ELETRÔNICACONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA LOCAÇÃO DE ITENS TEMPORÁRIOS, DESTINADOS À ESTRUTURAÇÃO E REALIZAÇÃO DO 23º ENCONTRO DA MULHER RURAL E AVIVA;</t>
+  </si>
+  <si>
+    <t>0294/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 47.2025“REGISTROS DE PREÇOS PARA FUTURA E EVENTUAL AQUISIÇÃO DE PEÇAS DE SUBSTITUIÇÃO, INSTRUMENTOS MUSICAIS E MANUTENÇÃO/CONSERTO DOS INSTRUMENTOS MUSICAIS.”</t>
+  </si>
+  <si>
+    <t>0293/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE RETIFICAÇÃO DE EDITAL - PREGÃO ELETRÔNICO 46.2025REGISTRO DE PREÇO PARA SERVIÇO DE MANUTENÇÃO E INSTALAÇÃO DE AR CONDICIONADO, MANUTENÇÃO DE ELETRODOMÉSTICOS E PEÇAS</t>
+  </si>
+  <si>
+    <t>0290/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - CONCORRÊNCIA ELETRÔNICA 08.2025CONCORRÊNCIA ELETRÔNICA 08.2025, onde o mesmo como OBJETO: CONSTRUÇÃO, MODERNIZAÇÃO E REFORMA DA PRAÇA DE ESPORTE DO MUNICÍPIO DE SÃO JOSÉ DOS QUATRO MARCOS - MT- PROPOSTA Nº 024680/2024.</t>
+  </si>
+  <si>
+    <t>0289/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 44.2025REGISTRO DE PREÇO PARA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA LOCAÇÃO DE MATERIAIS DE DECORAÇÃO E ILUMINAÇÃO, BEM COMO NA PRESTAÇÃO DE SERVIÇOS DE INSTALAÇÃO, MANUTENÇÃO E RETIRADA DA DECORAÇÃO E ILUMINAÇÃO NATALINA, A SEREM EXECUTADOS NA PRAÇA DA MATRIZ CENTRAL DO MUNICÍPIO DE SÃO JOSÉ DOS QUATRO MARCOS – MT.</t>
+  </si>
+  <si>
+    <t>0284/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 43.2025“CONTRATAÇÃO DE EMPRESA DE ESPECIALIZADA EM TECNOLOGIA DA INFORMAÇÃO PARA O FORNECIMENTO DE LOCAÇÃO E IMPLANTAÇÃO DE SOFTWARE COMO SERVIÇO (SAAS) PARA O PLANEJAMENTO URBANO DOS MUNICÍPIOS, GESTÃO DO CADASTRO TÉCNICO MULTIFINALITÁRIO MUNICIPAL INTEGRADO, REAVALIAÇÃO DA PLANTA GENÉRICA DE VALORES E ATUALIZAÇÃO DA BASE CARTOGRÁFICA CADASTRAL DOS MUNICÍPIOS PARA A MODERNIZAÇÃO DO GERENCIAMENTO ADMINISTRATIVO E TRIBUTÁRIO DOS MUNICÍPIOS.”</t>
+  </si>
+  <si>
+    <t>0281/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 42.2025AQUISIÇÃO DE ALIMENTAÇÃO DO TIPO MARMITEX DO TAMANHO “M” E “G” E ALIMENTAÇÃO DO TIPO SELF SERVICE PARA AS SECRETARIAS</t>
+  </si>
+  <si>
+    <t>0279/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 41.2025REGISTRO DE PREÇO PARA FUTURA E EVENTUAL AQUISIÇÃO DE BRITA1 E PEDRISCO QUE SERÃO UTILIZADOS NAS OBRAS DO MUNICÍPIO DE SÃO JOSÉ DOS QUATRO MARCOS MT</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 40.2025REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL AQUISIÇÃO DE MATERIAIS BETUMINOSOS (EMULSÃO ASFÁLTICA/ MASSA ASFÁLTICA) PARA PAVIMENTAÇÃO E MANUTENÇÃO DAS VIAS.</t>
+  </si>
+  <si>
+    <t>0264/2025</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO 039.2025 - ADESÃO DE ATA DE REGISTRO DE PREÇO - Nº 05/2025 – CONSÓRCIO PÚBLICO DE SAÚDE VALE DO TELES PIRES – SORRISO/MATO GROSSOPregão Eletrônico com Registro de Preços para futura e eventual aquisição de Materiais/Equipamentos Permanentes para atender as demandas dos municípios integrantes deste Consórcio.</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 37.2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE PLOTAGEM COM ADESIVO AUTOMOTIVO, INCLUINDO FORNECIMENTO DE MATERIAL, MÃO DE OBRA, INSTALAÇÃO E DEMAIS INSUMOS NECESSÁRIOS, VISANDO À IDENTIFICAÇÃO VISUAL PADRONIZADA DOS VEÍCULOS PERTENCENTES À FROTA OFICIAL DA PREFEITURA MUNICIPAL DE SÃO JOSÉ DOS QUATRO MARCOS – MT.</t>
+  </si>
+  <si>
+    <t>0256/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 36.2025“REFERENTE AQUISIÇÃO DE TUBOS DE CONCRETOS/MANILHAS, MALHA E BETONEIRA PARA ATENDER PROJETOS E AS DEMAIS DEMANDAS DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS.”</t>
+  </si>
+  <si>
+    <t>0255/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 35.2025REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE LOCAÇÃO DE ITENS TEMPORÁRIOS E DEMAIS SERVIÇOS NECESSÁRIOS PARA A REALIZAÇÃO DE EVENTOS.</t>
+  </si>
+  <si>
+    <t>0246/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 34.2025REGISTROS DE PREÇOS PARA FUTURA E EVENTUAL AQUISIÇÃO DE PEÇAS DE SUBSTITUIÇÃO, INSTRUMENTOS MUSICAIS E MANUTENÇÃO/CONSERTO DOS INSTRUMENTOS MUSICAIS.</t>
+  </si>
+  <si>
+    <t>0242/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 33.2025REFERENTE AQUISIÇÃO DO BAÚ ISOTÉRMICO PARA O CAMINHÃO CARGO DE PEQUENO PORTE PARA SECRETARIA DE AGRICULTURA DE SÃO JOSÉ DOS QUATRO MARCOS – MT.</t>
+  </si>
+  <si>
+    <t>0239/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - CONCORRÊNCIA ELETRÔNICA 07.2025OBRA DE PAVIMENTAÇÃO ASFÁLTICA E DRENAGEM EM AGUAS PLUVIAIS EM VIAS URBANAS DO BAIRRO JARDIM BELA VISTA, DO BAIRRO RESIDENCIAL ESCOBAR E BAIRRO RESIDENCIAL SOLARES DE SÃO JOSÉ DOS QUATRO MARCOS – MT, CONVENIO 925942 - SUDECO.</t>
+  </si>
+  <si>
+    <t>0236/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 32.2025REGISTRO DE PREÇO PARA FUTURA E EVENTUAL AQUISIÇÃO DE MATERIAIS DE INFORMÁTICA.</t>
+  </si>
+  <si>
+    <t>0229/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 030.2025“REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM MEDICINA DO TRABALHO, VISANDO À PRESTAÇÃO DE SERVIÇOS DE PERÍCIAS E FORMAÇÃO DE JUNTA MÉDICA, CONFORME AS ESPECIFICAÇÕES DESCRITAS NESTE DOCUMENTO.”</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 28.2025“REFERENTE AQUISIÇÃO BENEFÍCIOS EVENTUAIS (CESTAS BÁSICAS), A SEREM DISTRIBUÍDOS, PARA AS FAMÍLIAS USUÁRIAS DOS SERVIÇOS DE PROTEÇÃO E ATENDIMENTOS INTEGRAL À FAMÍLIA - PAIF/CRAS E DA EQUIPE DE PROTEÇÃO SOCIAL ESPECIAL/PSE, DE ACORDO COM OS CRITÉRIOS DA AVALIAÇÃO SOCIAL DA EQUIPE TÉCNICA DE REFERENCIA DO SERVIÇO.”</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 027.2025“REGISTRO DE PREÇO PARA FUTURA E EVENTUAL CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS GRÁFICOS.”</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 19.2025REFERENTE AQUISIÇÃO DE MATERIAIS DE CONSTRUÇÃO OBJETIVANDO AS MANUTENÇÕES DAS VIAS PÚBLICAS E PRÉDIOS MUNICIPAIS.</t>
+  </si>
+  <si>
+    <t>0115/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE RETIFICAÇÃO DE EDITAL - PREGÃO ELETRÔNICO 09.2025REFERENTE A AQUISIÇÃO DE MATERIAIS DE CONSTRUÇÃO OBJETIVANDO AS MANUTENÇÕES DAS VIAS PÚBLICAS E PRÉDIOS MUNICIPAIS.</t>
+  </si>
+  <si>
+    <t>0043/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 38.2025REFERENTE A LOCAÇÃO DE VEÍCULOS DO TIPO MUNCK, GUINCHO DE PRANCHA, LIMPA FOSSA, ESPARGIDOR, BETONEIRA E PERFURADOR DE POÇOS ARTESIANOS PARA ATENDER AS DEMANDA DA PREFEITURA MUNICIPAL E SUAS SECRETARIAS</t>
+  </si>
+  <si>
+    <t>0038/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 08.2025REGISTRO DE PREÇO VISANDO AQUISIÇÃO DE VEÍCULO SUV PARA USO NAS ATIVIDADES E DESLOCAMENTOS DO GABINETE</t>
+  </si>
+  <si>
+    <t>0035/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 07.2025REGISTRO DE PREÇO PARA FUTURA E EVENTUAL AQUISIÇÃO DE ÁGUA MINERAL E GÁS LIQUEFEITO.</t>
+  </si>
+  <si>
+    <t>0034/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - CONCORRÊNCIA 02.2025OBRA DE PAVIMENTAÇÃO ASFÁLTICA, DRENAGEM DE ÁGUAS PLUVIAIS, CALÇADAS E SINALIZAÇÕES NAS VIAS URBANAS DO BAIRRO JARDIM ZEFERINO I E  BAIRROS ADJACENTES SENDO AS RUAS TEREZINHA, RUA SALUSTIANO E RUA INTERLIGADAS E OUTRAS NO MUNICÍPIO DE SÃO JOSÉ DOS QUATRO MARCOS-MT. CONTRATO DE REPASSE MCIDADES 917315/2021 – OPERAÇÃO 1078889-39”.</t>
+  </si>
+  <si>
+    <t>0032/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - CONCORRÊNCIA 01.2025OBRA DE PAVIMENTAÇÃO ASFÁLTICA E DRENAGEM DE ÁGUAS PLUVIAIS URBANAS DO BAIRRO JARDIM SANTA ROSA (PARTE 02) E BAIRROS ADJACENTES NO MUNICÍPIO DE SÃO JOSÉ DOS QUATRO MARCOS –MT. CONVÊNIO 925965/2022 – OPERAÇÃO 1083078-02.</t>
+  </si>
+  <si>
+    <t>0031/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 13.2025REGISTRO DE PREÇO PARA AQUISIÇÃO DE ÓRTESES, PRÓTESES E MEIOS AUXILIARES DE LOCOMOÇÃO</t>
+  </si>
+  <si>
+    <t>0013/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 010.2025REFERENTE AQUISIÇÃO DE FÁBRICA DE RAÇÃO EM CONFORMIDADE COM O CONVÊNIO Nº 0577/2020.</t>
+  </si>
+  <si>
+    <t>0010/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 03.2025REGISTRO DE PREÇO PARA FUTURA E EVENTUAL AQUISIÇÃO DE GÊNERO ALIMENTÍCIO PARA ATENDIMENTO DAS SECRETARIAS DA PREFEITURA MUNICIPAL DE SÃO JOSÉ DOS QUATRO MARCOS- MT.</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 02.2025REGISTRO DE PREÇO PARA CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇO DE SISTEMA INFORMATIZADO INTEGRADO PARA ABASTECIMENTO DE COMBUSTÍVEL E A MANUTENÇÃO PREVENTIVA E CORRETIVA DE VEÍCULOS E MÁQUINAS DO MUNICÍPIO IDE SÃO JOSÉ DOS QUATRO MARCOS – MT.</t>
+  </si>
+  <si>
+    <t>0006/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - CONCORRÊNCIA ELETRÔNICA 04.2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA CONSTRUÇÃO DE UNIDADE BÁSICA DE SAÚDE - PORTE 1, PSF- PROGRAMA DE SAÚDE DA FAMÍLIA DO BAIRRO JARDIM ZEFERINO II, NO MUNICÍPIO DE SÃO JOSÉ DOS QUATRO MARCOS–MT, CONFORME CONDIÇÕES E EXIGÊNCIAS ESTABELECIDAS NA LEGISLAÇÃO PERTINENTE E NOS PROJETOS EM ANEXO.</t>
+  </si>
+  <si>
+    <t>0004/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 01.2025REGISTRO DE PREÇO PARA FUTURA E EVENTUAL AQUISIÇÃO DE MEDICAMENTOS PARA FARMÁCIA BÁSICA MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - CONCORRÊNCIA ELETRÔNICA 03.2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA CONSTRUÇÃO DE UNIDADE BÁSICA DE SAÚDE RURAL – BRUNA VENDRAMEL JUNQUEIRA - PORTE 1, PSF- PROGRAMA DE SAÚDE DA FAMÍLIA DE ATENDIMENTO A COMUNIDADE RURAL DO MUNICÍPIO DE SÃO JOSÉ DOS QUATRO MARCOS–MT, CONFORME CONDIÇÕES E EXIGÊNCIAS ESTABELECIDAS NA LEGISLAÇÃO PERTINENTE E NOS PROJETOS EM ANEXO.</t>
+  </si>
+  <si>
+    <t>0003/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE DISPENSA ELETRÔNICA Nº 003/2025AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS, PARA ATENDER AS UNIDADES ESCOLARES DO ENSINO FUNDAMENTAL E CENTROS DE EDUCAÇÃO INFANTIL.</t>
+  </si>
+  <si>
+    <t>AVISO DE DISPENSA DE LICITAÇÃODispensa de Licitação para aquisição de porta de vidro temperado.</t>
+  </si>
+  <si>
+    <t>0001/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE CREDENCIAMENTO 01/2025Objeto: CREDENCIAMENTO N.º 001/2025, conforme termos deste edital, cuja finalidade é o credenciamento de pessoas jurídicas para atuar como Pedreiro; Servente de Pedreiro; Pintor; Calheiro; Gesseiro; Vidraceiro; Eletricista; Ajudante de Eletricista; Jardineiro; Serralheiro; Encanador;  Entregador de malote independente, instalador de forro, mecânico elétrico veicular, operador de máquinas pesadas para atender demandas da Prefeitura Municipal e suas secretarias, durante o exercício de 2025 (até 31</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE 01-2025 PRESTAÇÃO DE SERVIÇO DE CAPACITAÇÃO E TREINAMENTO DOS PROFISSIONAIS DA REDE MUNICIPAL DE ENSINO NA SEMANA PEDAGÓGICA, QUE ACONTECERÁ ENTRE OS DIAS 10 E 14 DE FEVEREIRO DE 2025INEXIGIBILIDADE 01.2025
+PROCESSO VISANDO PRESTAÇÃO DE SERVIÇO DE CAPACITAÇÃO E TREINAMENTO DOS PROFISSIONAIS DA REDE MUNICIPAL DE ENSINO NA SEMANA PEDAGÓGICA, QUE ACONTECERÁ ENTRE OS DIAS 10 E 14 DE FEVEREIRO DE 2025.</t>
+  </si>
+  <si>
+    <t>06 - Ordem Cronológica de Pagamento - Junho 2025-2</t>
+  </si>
+  <si>
+    <t>05 - Ordem Cronológica de Pagamento - Maio 2025-2</t>
+  </si>
+  <si>
+    <t>Plano de Contratação Anual - PCA 2025</t>
+  </si>
+  <si>
+    <t>04 - Ordem Cronológica de Pagamento - Abril 2025-2</t>
+  </si>
+  <si>
+    <t>03 - Ordem Cronológica de Pagamento - Março 2025-2</t>
+  </si>
+  <si>
+    <t>02 - Ordem Cronológica de Pagamento - Fevereiro 2025-2</t>
+  </si>
+  <si>
+    <t>01 - Ordem Cronológica de Pagamento - Janeiro 2025-2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1826,3236 +636,558 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C353"/>
+  <dimension ref="A1:C57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
-      <c r="B2" t="s">
-        <v>4</v>
+      <c r="B2">
+        <v>2025</v>
       </c>
       <c r="C2"/>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>4</v>
+      </c>
+      <c r="B3">
+        <v>2025</v>
       </c>
       <c r="C3"/>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>5</v>
+      </c>
+      <c r="B4">
+        <v>2025</v>
       </c>
       <c r="C4"/>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>6</v>
+      </c>
+      <c r="B5">
+        <v>2025</v>
       </c>
       <c r="C5"/>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>7</v>
+      </c>
+      <c r="B6">
+        <v>2025</v>
       </c>
       <c r="C6"/>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>8</v>
+      </c>
+      <c r="B7">
+        <v>2025</v>
       </c>
       <c r="C7"/>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="B8" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C8"/>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C9"/>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B10" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C10"/>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B11" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C11"/>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B12" t="s">
         <v>18</v>
       </c>
       <c r="C12"/>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B13" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C13"/>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
+        <v>21</v>
+      </c>
+      <c r="B14" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C14"/>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B15" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C15"/>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>25</v>
       </c>
       <c r="B16" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C16"/>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B17" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C17"/>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B18" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="C18"/>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B19" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="C19"/>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>33</v>
+      </c>
+      <c r="B20">
+        <v>277</v>
       </c>
       <c r="C20"/>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B21" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="C21"/>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>36</v>
+      </c>
+      <c r="B22">
+        <v>259</v>
       </c>
       <c r="C22"/>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="B23" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="C23"/>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B24" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="C24"/>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="B25" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="C25"/>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="B26" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C26"/>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="B27" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C27"/>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="B28" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="C28"/>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="B29" t="s">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="C29"/>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>51</v>
+      </c>
+      <c r="B30">
+        <v>193</v>
       </c>
       <c r="C30"/>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>52</v>
+      </c>
+      <c r="B31">
+        <v>167</v>
       </c>
       <c r="C31"/>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>53</v>
+      </c>
+      <c r="B32">
+        <v>165</v>
       </c>
       <c r="C32"/>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="B33" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="C33"/>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="B34" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="C34"/>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="B35" t="s">
-        <v>43</v>
+        <v>59</v>
       </c>
       <c r="C35"/>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="B36" t="s">
-        <v>43</v>
+        <v>61</v>
       </c>
       <c r="C36"/>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="B37" t="s">
-        <v>43</v>
+        <v>63</v>
       </c>
       <c r="C37"/>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="B38" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="C38"/>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="B39" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="C39"/>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>53</v>
+        <v>68</v>
       </c>
       <c r="B40" t="s">
-        <v>43</v>
+        <v>69</v>
       </c>
       <c r="C40"/>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="B41" t="s">
-        <v>43</v>
+        <v>71</v>
       </c>
       <c r="C41"/>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="B42" t="s">
-        <v>43</v>
+        <v>71</v>
       </c>
       <c r="C42"/>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>56</v>
+        <v>73</v>
       </c>
       <c r="B43" t="s">
-        <v>43</v>
+        <v>74</v>
       </c>
       <c r="C43"/>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="B44" t="s">
-        <v>58</v>
+        <v>76</v>
       </c>
       <c r="C44"/>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>59</v>
+        <v>77</v>
       </c>
       <c r="B45" t="s">
-        <v>58</v>
+        <v>76</v>
       </c>
       <c r="C45"/>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="B46" t="s">
-        <v>61</v>
+        <v>79</v>
       </c>
       <c r="C46"/>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>62</v>
+        <v>80</v>
       </c>
       <c r="B47" t="s">
-        <v>61</v>
+        <v>79</v>
       </c>
       <c r="C47"/>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>63</v>
+        <v>81</v>
       </c>
       <c r="B48" t="s">
-        <v>61</v>
+        <v>82</v>
       </c>
       <c r="C48"/>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>64</v>
+        <v>83</v>
       </c>
       <c r="B49" t="s">
-        <v>61</v>
+        <v>82</v>
       </c>
       <c r="C49"/>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>65</v>
+        <v>84</v>
       </c>
       <c r="B50" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
       <c r="C50"/>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="B51"/>
       <c r="C51"/>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>86</v>
+      </c>
+      <c r="B52"/>
       <c r="C52"/>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="B53"/>
       <c r="C53"/>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="B54"/>
       <c r="C54"/>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="B55"/>
       <c r="C55"/>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="B56"/>
       <c r="C56"/>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>78</v>
-[...3 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="B57"/>
       <c r="C57"/>
-    </row>
-[...2662 lines deleted...]
-      <c r="C353"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>