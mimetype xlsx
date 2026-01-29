--- v3 (2026-01-15)
+++ v4 (2026-01-29)
@@ -12,327 +12,1538 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="496">
   <si>
     <t>Decrição</t>
   </si>
   <si>
-    <t>Número</t>
+    <t>Data</t>
   </si>
   <si>
     <t>VER</t>
   </si>
   <si>
-    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 028.2025REFERENTE AQUISIÇÃO BENEFÍCIOS EVENTUAIS (CESTAS BÁSICAS), A SEREM DISTRIBUÍDOS, PARA AS FAMÍLIAS USUÁRIAS DOS SERVIÇOS DE PROTEÇÃO E ATENDIMENTOS INTEGRAL À FAMÍLIA - PAIF/CRAS E DA EQUIPE DE PROTEÇÃO SOCIAL ESPECIAL/PSE, DE ACORDO COM OS CRITÉRIOS DA AVALIAÇÃO SOCIAL DA EQUIPE TÉCNICA DE REFERENCIA DO SERVIÇO.</t>
-[...264 lines deleted...]
-    <t>01 - Ordem Cronológica de Pagamento - Janeiro 2025-2</t>
+    <t>EDITAL COMPLETO - INEXIGIBILIDADE DE LICITAÇÃO Nº 031/2025 - CREDENCIAMENTO Nº 008/2025Contratação de Serviço de Conserto de Pneus, Recapagem, Recauchutagem e Vulcanização, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO – INEXIGIBILIDADE DE LICITAÇÃO Nº 030/2025CONTRATAÇÃO DE SHOW ARTÍSTICO MUSICAL COM OS CANTOR, DUPLAS E BANDAS (KOYOTE, THIAGUINHO DO ESQUENTA, BANDA LAMBADÃO DOS FEDERAIS, FORRÓ MIÓ, ALECIR E ALESANDRO, ANDRÉ E ADRIANO E BITH DO VERÃO), PARA A REALIZAÇÃO DE FESTIVIDADES DO RÉVEILLON 2025/2026 DE ARAPUTANGA/MT, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA.</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 020/2025Registro de preços para a futura e eventual contratação de empresa especializada em sistema de gestão para a prestação de serviços de gerenciamento de seguro veicular, para atendimento da frota oficial do município de Araputanga/MT.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 209/2025 - ADESÃO Nº 019/2025Registro de preços para futura e eventual aquisição de material permanente, em atendimento as necessidades da Secretaria Municipal de Educação e Cultura.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 208/2025 - PREGÃO ELETRÔNICO Nº 029/2025Registro de Preços para Futura e Eventual Serviço de Cravação de Estacas de Madeira para Estrutura de Pontes de Madeira, em atendimento a Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 019/2025Registro de preços para futura e eventual aquisição de material permanente, em atendimento as necessidades da Secretaria Municipal de Educação e Cultura.</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 026/2025AQUISIÇÃO DE KIT PIROTÉCNICO (MONTAGEM E EXECUÇÃO) PARA AS FESTIVIDADES DO RÉVEILLON 2025/2026, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA.</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 060/2025Registro de Preços para Futura e Eventual Aquisição de Equipamentos Audiovisuais e de Conectividade destinados à estrutura da sala de transmissões ao vivo do Paço Municipal.</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 059/2025Registro de Preços para Futura e Eventual Aquisição de Materiais de Limpeza, Copa e Cozinha, em atendimento às Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 207/2025 - ADESÃO Nº 018/2025Registro de preço para contratação de pessoa jurídica especializada na prestação de serviços com fornecimento de infraestrutura necessária à realização de eventos e festividades para o município de Araputanga/MT.</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 018/2025Registro de Preço para Contratação de pessoa jurídica especializada na prestação de serviços com fornecimento de infraestrutura necessária à realização de eventos e festividades para o município de Araputanga/MT.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO -  PREGÃO ELETRÔNICO Nº 055/2025REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL AQUISIÇÃO DE MADEIRA SERRADA EM PRANCHA E EM BLOCO, DESTINADA À CONSTRUÇÃO DE NOVAS PONTES E À MANUTENÇÃO DAS EXISTENTES, EM ATENDIMENTO ÀS NECESSIDADES DA SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA.</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 058/2025Registro de Preços para Futura e Eventual Aquisição de Oxigênios Medicinais e Válvula Reguladora, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - CONCORRÊNCIA ELETRÔNICA Nº 005/2025Contratação de Empresa Especializada para a Construção da Nova Sede da Secretaria de Obras e Infraestrutura do Município de Araputanga/MT.</t>
+  </si>
+  <si>
+    <t>03/12/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 057/2025Registro de Preços para Futura e Eventual Aquisição de Estaca, Palanques de Eucalipto e Arame Liso, em atendimento a Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 206/2025 - ADESÃO Nº 017/2025Registro de preços para a eventual aquisição de mobiliários escolar, para atender as necessidades dos centros de educação Infantil.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 205/2025 - PREGÃO ELETRÔNICO Nº 049/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente e Utensílios de Copa Cozinha, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 053/2025REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS E LOCAÇÃO DE ESTRUTURA PARA EVENTOS DE PEQUENO PORTE, EM ATENDIMENTO ÀS DEMANDAS DAS DIVERSAS SECRETARIA MUNICIPAIS.</t>
+  </si>
+  <si>
+    <t>02/12/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 204/2025 - PREGÃO ELETRÔNICO Nº 049/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente e Utensílios de Copa Cozinha, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 203/2025 - PREGÃO ELETRÔNICO Nº 049/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente e Utensílios de Copa Cozinha, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 202/2025 - PREGÃO ELETRÔNICO Nº 049/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente e Utensílios de Copa Cozinha, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 201/2025 - PREGÃO ELETRÔNICO Nº 049/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente e Utensílios de Copa Cozinha, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 200/2025 - PREGÃO ELETRÔNICO Nº 049/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente e Utensílios de Copa Cozinha, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 199/2025 - PREGÃO ELETRÔNICO Nº 049/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente e Utensílios de Copa Cozinha, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 198/2025 - PREGÃO ELETRÔNICO Nº 049/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente e Utensílios de Copa Cozinha, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 197/2025 - PREGÃO ELETRÔNICO Nº 049/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente e Utensílios de Copa Cozinha, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 196/2025 - PREGÃO ELETRÔNICO Nº 049/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente e Utensílios de Copa Cozinha, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 017/2025Registro de preços para a eventual aquisição de mobiliários escolar, para atender as necessidades dos centros de educação Infantil.</t>
+  </si>
+  <si>
+    <t>01/12/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 195/2025 - ADESÃO Nº 016/2025Registro de preços para futura e eventual aquisição de móveis planejados, para atender as necessidades das escolas municipais e centros de educação infantil.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 056/2025Registro de Preços para Futura e Eventual Serviço de Material de Serralheira e o fornecimento estruturas metálicas em geral, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>28/11/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - INEXIGIBILIDADE Nº 029/2025 - CREDENCIAMENTO Nº 007-2025Contratação de Show Artístico Musical Municipal ou Regional para atender às necessidades das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 052/2025REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS, EM ATENDIMENTO A DEMANDAS DAS SECRETARIAS MUNICIPAIS.</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 016/2025Registro de preços para futura e eventual aquisição de móveis planejados, para atender as necessidades das escolas municipais e centros de educação infantil.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 194/2025 - PREGÃO ELETRÔNICO Nº 043/2025Registro de Preços para Futura e Eventual Aquisição de Material Laboratorial, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>26/11/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 193/2025 - PREGÃO ELETRÔNICO Nº 043/2025Registro de Preços para Futura e Eventual Aquisição de Material Laboratorial, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 192/2025 - PREGÃO ELETRÔNICO Nº 043/2025Registro de Preços para Futura e Eventual Aquisição de Material Laboratorial, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 191/2025 - PREGÃO ELETRÔNICO Nº 043/2025Registro de Preços para Futura e Eventual Aquisição de Material Laboratorial, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 190/2025 - PREGÃO ELETRÔNICO Nº 043/2025Registro de Preços para Futura e Eventual Aquisição de Material Laboratorial, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 189/2025 - PREGÃO ELETRÔNICO Nº 043/2025Registro de Preços para Futura e Eventual Aquisição de Material Laboratorial, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 188/2025 - PREGÃO ELETRÔNICO Nº 043/2025Registro de Preços para Futura e Eventual Aquisição de Material Laboratorial, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 187/2025 - PREGÃO ELETRÔNICO Nº 043/2025Registro de Preços para Futura e Eventual Aquisição de Material Laboratorial, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 186/2025 - PREGÃO ELETRÔNICO Nº 043/2025Registro de Preços para Futura e Eventual Aquisição de Material Laboratorial, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 185/2025 - PREGÃO ELETRÔNICO Nº 043/2025Registro de Preços para Futura e Eventual Aquisição de Material Laboratorial, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 184/2025 - PREGÃO ELETRÔNICO Nº 043/2025Registro de Preços para Futura e Eventual Aquisição de Material Laboratorial, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 183/2025 - PREGÃO ELETRÔNICO Nº 043/2025Registro de Preços para Futura e Eventual Aquisição de Material Laboratorial, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 182/2025 - PREGÃO ELETRÔNICO Nº 043/2025Registro de Preços para Futura e Eventual Aquisição de Material Laboratorial, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 054/2025Registro de Preços para o Serviços de Confecção de Material Gráfico referente aos itens fracassados do Pregão Eletrônico n.º 026/2025, em atendimento as Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 181/2025 - ADESÃO Nº 015/2025Registro de preços para futura e eventual aquisição de brinquedos pedagógicos e recreativos, destinados a atender as necessidades dos centros de educação infantil e escolas municipais.</t>
+  </si>
+  <si>
+    <t>24/11/2025</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 015/2025Registro de preços para futura e eventual aquisição de brinquedos pedagógicos e recreativos, destinados a atender as necessidades dos centros de educação infantil e escolas municipais.</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 014/2025Registro de preços para contratação de empresa para futura e eventual aquisição de materiais elétricos afim de garantir a manutenção/modernização da Iluminação Pública do lago azul no município de Araputanga/MT.</t>
+  </si>
+  <si>
+    <t>19/11/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO  - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 025/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A PRESTAÇÃO DE SERVIÇO DE INSTALAÇÃO E MANUTENÇÃO DA FONTE ORNAMENTAL DA PRAÇA MUNICIPAL ROMEU FURLAN, EM ATENDIMENTO ÀS NECESSIDADES DA SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA.</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 024/2025AQUISIÇÃO DE PRESÉPIOS, COM PEÇAS CONFECCIONADAS EM RESINA, E DE UMA ÁRVORE DE NATAL COM SEUS REPECTIVOS ENFEITES, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 180/2025 - ADESÃO Nº 014/2025Registro de preços para contratação de empresa para futura e eventual aquisição de materiais elétricos afim de garantir a manutenção/modernização da iluminação Pública do lago azul no Município de Araputanga/MT.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 179/2025 - PREGÃO ELETRÔNICO Nº 016/2025Registro de Preços para futura e eventual aquisição de Material para Sinalização das Ruas e Avenidas Municipais, em atendimento à demanda da Secretaria de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>18/11/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 178/2025 - PREGÃO ELETRÔNICO Nº 040/2025Registro de preços para futura e eventual contratação de empresa para prestação de serviços, com fornecimento de materiais, instalação, remanejamento, desmontagem e montagem de divisórias leves, portas e janelas em vidro temperado e forro em PVC, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>13/11/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 177/2025 - ADESÃO Nº 013/2025Registro de Preço para Futura e Eventual Aquisição de veículo novo zero km, para a Secretaria Municipal de Assistência Social.</t>
+  </si>
+  <si>
+    <t>07/11/2025</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 013/2025Registro de Preços para Futura e Eventual Aquisição de veículo novo zero km, para a Secretaria Municipal de Assistência Social.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 176/2025 - PREGÃO ELETRÔNICO Nº 050/2025Registro de Preços para futura e eventual aquisição de borracha granulada, nas granulometrias de 2MM/3MM, destinada à manutenção periódica de gramado sintético esportivo do campo de futebol Society, em atendimento à demanda da Secretaria de esportes e lazer.</t>
+  </si>
+  <si>
+    <t>06/11/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 175/2025  - PREGÃO ELETRÔNICO Nº 048/2025Registro de Preços para Futura e Eventual Serviço de Instalação de Software, Implantação e Homologação e Serviço de Locação de Software para a Área da Saúde, para atender as demandas das Unidades Básicas de Saúde.</t>
+  </si>
+  <si>
+    <t>05/11/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO  - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 023/2025CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS DE LICENCIAMENTO DE LINHAS FIXAS VIRTUAIS COM PABX EM NUVEM. EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO.</t>
+  </si>
+  <si>
+    <t>03/11/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO  - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 022/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A PRESTAÇÃO DE SERVIÇO DE LEVANTAMENTO TOPOGRÁFICO, EM ATENDIMENTO A SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 174/2025 - PREGÃO ELETRÔNICO Nº 047/2025Registro de Preços para futura e eventual aquisição de material de expediente, papel A4, em atendimento às necessidades das diversas Secretarias Municipais de Araputanga - MT.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 051/2025Registro de Preços para Futura e Eventual Aquisição de ANALISADOR BIOQUÍMICO AUTOMATIZADO, conforme especificações técnicas detalhadas neste Termo de Referência.</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - INEXIGIBILIDADE DE LICITAÇÃO Nº 028/2025AQUISIÇÃO DE IMÓVEL NO PERÍMETRO URBANO, CONFORME A LEI MUNICIPAL Nº 1.840/2025, EM ATENDIMENTO ÀS DEMANDAS DA SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA.</t>
+  </si>
+  <si>
+    <t>23/10/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - INEXIGIBILIDADE DE LICITAÇÃO Nº 026/2025AQUISIÇÃO DE IMÓVEL ONDE FUNCIONA O HOSPITAL E MATERNIDADE ARAPUTANGA LTDA, BEM COMO EQUIPAMENTOS, BENS MÓVEIS, TUDO CONFORME LAUDO TÉCNICO DE AVALIAÇÃO E LEI MUNICIPAL Nº 1.829/2025, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE SAÚDE.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 173/2025 - PREGÃO ELETRÔNICO Nº 046/2025Registro de Preços para Futura e Eventual Contratação de Serviço de Higienização dos Veículos e Motocicletas Oficiais, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - INEXIGIBILIDADE Nº 027/2025 - CREDENCIAMENTO Nº 006-2025Credenciamento de Arbitragem Esportiva, em Atendimento a Demanda da Secretaria Municipal de Esporte e Lazer.</t>
+  </si>
+  <si>
+    <t>21/10/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 172/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>20/10/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 171/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 170/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 169/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 168/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 167/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 166/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 165/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 164/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 163/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 162/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 161/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 160/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 159/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 158/2025 - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO – INEXIGIBILIDADE DE LICITAÇÃO Nº 025/2025CONTRATAÇÃO DE PESSOA JURÍDICA PARA CAPACITAÇÃO TEÓRICA E PRÁTICA PARA DIAGNÓSTICO E MANEJO CLÍNICO DA HANSENÍASE COM A FADESP, PARA AS EQUIPES MULTIPROFISSIONAIS DA SAÚDE, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE SAÚDE.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 157/2025 - PREGÃO ELETRÔNICO Nº 045/2025Registro de Preços Para Futura e Eventual Locação De Brinquedos Infláveis e Máquinas De Algodão Doce E Máquina De Pipoca, em atendimento a diversas secretarias do Município.</t>
+  </si>
+  <si>
+    <t>17/10/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 156/2025 - PREGÃO ELETRÔNICO Nº 044/2025Registro de Preços para Futura e Eventual Aquisição de Medicamentos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>15/10/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 155/2025 - PREGÃO ELETRÔNICO Nº 044/2025Registro de Preços para Futura e Eventual Aquisição de Medicamentos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 154/2025 - PREGÃO ELETRÔNICO Nº 041/2025Registro de Preços para Futura e Eventual Aquisição de Fórmulas Nutricionais, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>13/10/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 153/2025 - PREGÃO ELETRÔNICO Nº 041/2025Registro de Preços para Futura e Eventual Aquisição de Fórmulas Nutricionais, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 152/2025 - PREGÃO ELETRÔNICO Nº 041/2025Registro de Preços para Futura e Eventual Aquisição de Fórmulas Nutricionais, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 151/2025 - PREGÃO ELETRÔNICO Nº 041/2025Registro de Preços para Futura e Eventual Aquisição de Fórmulas Nutricionais, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 150/2025 - PREGÃO ELETRÔNICO Nº 041/2025Registro de Preços para Futura e Eventual Aquisição de Fórmulas Nutricionais, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 149/2025 - PREGÃO ELETRÔNICO Nº 041/2025Registro de Preços para Futura e Eventual Aquisição de Fórmulas Nutricionais, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 148/2025 - PREGÃO ELETRÔNICO Nº 038/2025Registro de Preços para Futura e Eventual Aquisição de FILMES PARA RAIO-X, em atendimento a Secretaria de Saúde.</t>
+  </si>
+  <si>
+    <t>10/10/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 147/2025 - PREGÃO ELETRÔNICO Nº 038/2025Registro de Preços para Futura e Eventual Aquisição de FILMES PARA RAIO-X, em atendimento a Secretaria de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 146/2025 - PREGÃO ELETRÔNICO Nº 042/2025Registro de Preços para Futura e Eventual Aquisição de Tintas para Demarcação de Sinalização Viária, em atendimento à demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>09/10/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 145/2025 - PREGÃO ELETRÔNICO Nº 042/2025Registro de Preços para Futura e Eventual Aquisição de Tintas para Demarcação de Sinalização Viária, em atendimento à demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 050/2025Registro de Preços para futura e eventual aquisição de borracha granulada, nas granulometrias de 2MM/3MM, destinada à manutenção periódica de gramado sintético esportivo do campo de futebol Society, em atendimento à demanda da Secretaria de esportes e lazer.</t>
+  </si>
+  <si>
+    <t>08/10/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 144/2025 - ADESÃO Nº 012/2025Registro de Preço para Futura e Eventual Aquisição de veículo zero km, para a Secretaria Municipal de Educação e Cultura.</t>
+  </si>
+  <si>
+    <t>07/10/2025</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 012/2025Registro de Preços para Futura e Eventual Aquisição de veículo novo zero km, para a Secretaria Municipal de Educação e Cultura.</t>
+  </si>
+  <si>
+    <t>06/10/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 049/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente e Utensílios de Copa Cozinha, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>02/10/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 048/2025Registro de Preços para Futura e Eventual Serviço de Instalação de Software, Implantação e Homologação e Serviço de Locação de Software para a Área da Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 143/2025 - PREGÃO ELETRÔNICO Nº 036/2025Registro de preços para futura e eventual aquisição de MATERIAIS PERMANENTES ODONTOLÓGICOS E HOSPITALARES, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 142/2025 - PREGÃO ELETRÔNICO Nº 036/2025Registro de preços para futura e eventual aquisição de MATERIAIS PERMANENTES ODONTOLÓGICOS E HOSPITALARES, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 141/2025 - PREGÃO ELETRÔNICO Nº 036/2025Registro de preços para futura e eventual aquisição de MATERIAIS PERMANENTES ODONTOLÓGICOS E HOSPITALARES, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 140/2025 - PREGÃO ELETRÔNICO Nº 036/2025Registro de preços para futura e eventual aquisição de MATERIAIS PERMANENTES ODONTOLÓGICOS E HOSPITALARES, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 139/2025 - PREGÃO ELETRÔNICO Nº 036/2025Registro de preços para futura e eventual aquisição de MATERIAIS PERMANENTES ODONTOLÓGICOS E HOSPITALARES, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 138/2025 - PREGÃO ELETRÔNICO Nº 036/2025Registro de preços para futura e eventual aquisição de MATERIAIS PERMANENTES ODONTOLÓGICOS E HOSPITALARES, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 137/2025 - PREGÃO ELETRÔNICO Nº 036/2025Registro de preços para futura e eventual aquisição de MATERIAIS PERMANENTES ODONTOLÓGICOS E HOSPITALARES, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 136/2025 - PREGÃO ELETRÔNICO Nº 036/2025Registro de preços para futura e eventual aquisição de MATERIAIS PERMANENTES ODONTOLÓGICOS E HOSPITALARES, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 047/2025Registro de Preços para futura e eventual aquisição de MATERIAL DE EXPEDIENTE, Papel A4, em atendimento às necessidades das diversas Secretarias Municipais de Araputanga - MT.</t>
+  </si>
+  <si>
+    <t>30/09/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO – INEXIGIBILIDADE DE LICITAÇÃO Nº 024/2025CONTRATAÇÃO DE SHOW ARTÍSTICO MUSICAL COM O CANTOR JHONATAN WILHAN, EM COMEMORAÇÃO AO MÊS DO IDOSO, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL.</t>
+  </si>
+  <si>
+    <t>26/09/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 046/2025Registro de Preços para Futura e Eventual Contratação de Serviço de Higienização dos Veículos e Motocicletas Oficiais, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 045/2025Registro de Preços Para Futura e Eventual Locação de Brinquedos Infláveis e Máquinas de Algodão Doce e Máquina de Pipoca, em atendimento a diversas secretarias do Município.</t>
+  </si>
+  <si>
+    <t>24/09/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO – INEXIGIBILIDADE DE LICITAÇÃO Nº 023/2025CONTRATAÇÃO DE PESSOA JURÍDICA PARA CAPACITAÇÃO DE PESSOAL ATRAVÉS DO CURSO: TRABALHANDO COM GRUPOS NO SUAS: ÊNFASE NO PAIF E PAEFI, COM A DOCENTE ANA PINCOLINI, COM OBJETIVO DE EDUCAÇÃO PERMANENTE DOS TRABALHADORES DO SUAS, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL.</t>
+  </si>
+  <si>
+    <t>22/09/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 135/2025 - ADESÃO Nº 011/2025Registro de preços para futura e eventual aquisição e instalação de bebedouro, em atendimento à Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 134/2025 - PREGÃO ELETRÔNICO Nº 025/2025Registro de Preços para Futura e Eventual Aquisição de Trator, Grade aradora com Disco e Roçadeira hidráulica, atendimento à demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 040/2025Registro de Preços para Futura e Eventual Contratação de Empresa para Prestação de Serviços, com Fornecimento de Materiais, Instalação, Remanejamento, Desmontagem e Montagem de Divisórias Leves, Portas e Janelas em Vidro Temperado e Forro em PVC, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - DISPENSA DE LICITAÇÃO (RITO ELETRÔNICO) N.º 021/2025AQUISIÇÃO DE INSUMOS (SEMENTES, TUBETES, FORMICIDA) PARA O VIVEIRO MUNICIPAL, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE MEIO AMBIENTE E DESENVOLVIMENTO URBANO E RURAL.</t>
+  </si>
+  <si>
+    <t>19/09/2025</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 011/2025Registro de preços para futura e eventual aquisição e instalação de bebedouro, em atendimento à Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 133/2025 - PREGÃO ELETRÔNICO Nº 039/2025Registro de Preços para Futura e Eventual Aquisição de Refeição tipo Marmitex, para atender as necessidades das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>18/09/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 132/2025 - PREGÃO ELETRÔNICO Nº 037/2025Registro de Preços para Futura e Eventual Aquisição e Instalação de Grama Sintética, em atendimento a Secretaria Municipal de Esporte e Lazer.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 044/2025Registro de Preços para Futura e Eventual Aquisição de Medicamentos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 131/2025 - PREGÃO ELETRÔNICO Nº 031/2025Registro de preços para futura e eventual aquisição de materiais odontológicos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>16/09/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 130/2025 - PREGÃO ELETRÔNICO Nº 031/2025Registro de preços para futura e eventual aquisição de materiais odontológicos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 129/2025 - PREGÃO ELETRÔNICO Nº 031/2025Registro de preços para futura e eventual aquisição de materiais odontológicos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 128/2025 - PREGÃO ELETRÔNICO Nº 031/2025Registro de preços para futura e eventual aquisição de materiais odontológicos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 127/2025 - PREGÃO ELETRÔNICO Nº 031/2025Registro de preços para futura e eventual aquisição de materiais odontológicos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 126/2025 - PREGÃO ELETRÔNICO Nº 031/2025Registro de preços para futura e eventual aquisição de materiais odontológicos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 125/2025 - PREGÃO ELETRÔNICO Nº 031/2025Registro de preços para futura e eventual aquisição de materiais odontológicos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 124/2025 - PREGÃO ELETRÔNICO Nº 031/2025Registro de preços para futura e eventual aquisição de materiais odontológicos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 123/2025 - PREGÃO ELETRÔNICO Nº 031/2025Registro de preços para futura e eventual aquisição de materiais odontológicos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 122/2025 - PREGÃO ELETRÔNICO Nº 031/2025Registro de preços para futura e eventual aquisição de materiais odontológicos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 121/2025 - PREGÃO ELETRÔNICO Nº 031/2025Registro de preços para futura e eventual aquisição de materiais odontológicos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 120/2025 - PREGÃO ELETRÔNICO Nº 031/2025Registro de preços para futura e eventual aquisição de materiais odontológicos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 043/2025Registro de Preços para Futura e Eventual Aquisição de Material Laboratorial, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>11/09/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 042/2025Registro de Preços para Futura e Eventual Aquisição de Tintas para Demarcação de Sinalização Viária, em atendimento à demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO  - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 020/2025LOCAÇÃO DE CAÇAMBA ESTACIONÁRIA COM CAPACIDADE DE 4 M³, PARA COLETAS E DESTINAÇÃO DOS LIXOS E RESÍDUOS NA COMUNIDADE DAS BOTAS, EM ATENDIMENTO A SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA.</t>
+  </si>
+  <si>
+    <t>08/09/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 119/2025 - ADESÃO Nº 010/2025Registro de Preços para a Contratação de Empresa Especializada na execução de aulas de inovações tecnológicas e cultura maker, para realizar o fornecimento de material didático aos alunos, bem como serviços de implementação e execução das aulas do projeto de robótica educacional, maker e programação, atendendo a rede municipal de ensino de Araputanga-MT, em atendimento à Secretaria Municipal de Educação e Cultura.</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 010/2025Registro de Preços para a Contratação de Empresa Especializada na execução de aulas de inovações tecnológicas e cultura maker, para realizar o fornecimento de material didático aos alunos, bem como serviços de implementação e execução das aulas do projeto de robótica educacional, maker e programação, atendendo a rede municipal de ensino de Araputanga-MT, em atendimento à Secretaria Municipal de Educação e Cultura.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 038/2025Registro de Preços para Futura e Eventual Aquisição de FILMES PARA RAIO-X, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 041/2025Registro de Preços para Futura e Eventual Aquisição de Fórmulas Nutricionais, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>04/09/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO – INEXIGIBILIDADE DE LICITAÇÃO Nº 022/2025LOCAÇÃO DE IMÓVEL SITUADO NA ZONA URBANA PARA A NOVA INSTALAÇÃO DO (PSF) RURAL, EM NECESSIDADE DE REORGANIZAR E APRIMORAR O ATENDIMENTO AOS PACIENTES RESIDENTES NAS ÁREAS RURAIS DO MUNICÍPIO, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA DE MUNICIPAL DE SAÚDE.</t>
+  </si>
+  <si>
+    <t>03/09/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 118/2025 - PREGÃO ELETRÔNICO Nº 034/2025Registro de Preços para Futura e Eventual Aquisição de Ar Condicionado, em atendimento às diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>02/09/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 117/2025 - PREGÃO ELETRÔNICO Nº 034/2025Registro de Preços para Futura e Eventual Aquisição de Ar Condicionado, em atendimento às diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 116/2025 - PREGÃO ELETRÔNICO Nº 033/2025Registro de Preços para futura e eventual Contratação de empresa especializada em licenciamento de softwares para gestão e tramitação de documentos administrativos, jurídicos e legislação, utilizando inteligência artificial, com transcrição automatizada de áudios e atas de reuniões, sessões e audiências públicas. A solução deverá incluir infraestrutura em nuvem, suporte técnico contínuo, implantação, manutenção evolutiva e treinamento, garantindo eficiência e modernização dos processos administr</t>
+  </si>
+  <si>
+    <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 019/2025Aquisição de varredeira de grama sintética, em atendimento as necessidades da Secretaria Municipal de Esporte e Lazer.</t>
+  </si>
+  <si>
+    <t>29/08/2025</t>
+  </si>
+  <si>
+    <t>Leilão Público nº 001/2025 - Terreno UrbanoPrefeitura de Araputanga realizará Leilão de Terreno Urbano no dia 11 de setembro</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 115/2025 - PREGÃO ELETRÔNICO Nº 032/2025Registro de Preços para Futura e Eventual Aquisição de Peças da Marca TECTRANS, destinadas à manutenção dos Semáforos Inteligentes do Município, em atendimento à demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>28/08/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 114/2025 - ADESÃO Nº 009/2025Registro de Preços para Futura e Eventual Aquisição de Materiais Elétricos para Iluminação Pública através da tabela Sinapi, em atendimento à demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 009/2025Registro de Preços para Futura e Eventual Aquisição de Materiais Elétricos para iluminação Pública através da tabela Sinapi, em atendimento à demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>27/08/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 039/2025Registro de Preços para Futura e Eventual Aquisição de Refeição tipo Marmitex, para atender as necessidades das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>20/08/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 037/2025Registro de Preços para Futura e Eventual Aquisição e Instalação de Grama Sintética, em atendimento a Secretaria Municipal de Esporte e Lazer.</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 018/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM PRESTAÇÃO DE SERVIÇO EM CURSO DE FORMAÇÃO E CAPACITAÇÃO DE MOTORISTAS DO TRANSPORTE ESCOLAR, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA.</t>
+  </si>
+  <si>
+    <t>18/08/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO LEILÃO Nº 001/2025Leilão presencial e on-line tem por objeto a venda do bem imóvel do patrimônio do Comitente Vendedor, terreno urbano localizado no centro urbano da cidade de Araputanga, com 11.295 m².</t>
+  </si>
+  <si>
+    <t>14/08/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO  - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 017/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO, PARA REALIZAÇÃO DE PROCESSO SELETIVO PÚBLICO DOS ACS E ACE, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SAÚDE.</t>
+  </si>
+  <si>
+    <t>13/08/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 016/2025AQUISIÇÃO DE PAINÉIS FIXO DE VIDRO TEMPERADO COM SUPORTE DE FIXAÇÃO LATERAL, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA.</t>
+  </si>
+  <si>
+    <t>08/08/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO –  INEXIGIBILIDADE DE LICITAÇÃO Nº 021/2025CONTRATAÇÃO DE SHOW ARTÍSTICO MUSICAL COM CANTOR E DUPLAS, (FIDUMA E JECA, MARIA CECILIA E RODOLFO CARREIRO E CAPATAZ, ITALO ROCHA E FELIPE E FALCÃO), PARA REALIZAÇÃO DA FESTA DE PEÃO DE BOIADEIRO DE ARAPUTANGA-MT, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA.</t>
+  </si>
+  <si>
+    <t>05/08/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO – INEXIGIBILIDADE DE LICITAÇÃO Nº 020/2025CONTRATAÇÃO DE SHOW ARTÍSTICO MUSICAL COM O CANTOR JHONATAN WILHAN, PARA O EVENTO DA FEIRA APRAFEBRE, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA.</t>
+  </si>
+  <si>
+    <t>04/08/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 036/2025Registro de Preços para Futura e Eventual Aquisição de MATERIAIS PERMANENTES ODONTOLÓGICOS E HOSPITALARES, em atendimento a Secretaria de Saúde</t>
+  </si>
+  <si>
+    <t>01/08/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 113/2025 - PREGÃO ELETRÔNICO Nº 024/2025Registro de Preços para Futura e Eventual Aquisição de Aparelhos Celulares Smartphone, em atendimento a Diversas Secretarias.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 112/2025 - PREGÃO ELETRÔNICO Nº 029/2025Registro de Preços para Futura e Eventual Serviço de Cravação de Estacas de Madeira para Estrutura de Pontes de Madeira, em atendimento a Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 111/2025 - PREGÃO ELETRÔNICO Nº 026/2025Registro de Preços para Futura e Eventual Serviço para Confecção de Material Gráfico, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>30/07/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 110/2025 - PREGÃO ELETRÔNICO Nº 026/2025Registro de Preços para Futura e Eventual Serviço para Confecção de Material Gráfico, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 109/2025 - PREGÃO ELETRÔNICO Nº 026/2025Registro de Preços para Futura e Eventual Serviço para Confecção de Material Gráfico, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 108/2025 - PREGÃO ELETRÔNICO Nº 026/2025Registro de Preços para Futura e Eventual Serviço para Confecção de Material Gráfico, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 107/2025 - PREGÃO ELETRÔNICO Nº 026/2025Registro de Preços para Futura e Eventual Serviço para Confecção de Material Gráfico, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 106/2025 - PREGÃO ELETRÔNICO Nº 026/2025Registro de Preços para Futura e Eventual Serviço para Confecção de Material Gráfico, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 034/2025Registro de Preços para Futura e Eventual Aquisição de Ar Condicionado, em Atendimento às Diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>25/07/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - INEXIGIBILIDADE DE LICITAÇÃO Nº 019/2025LOCAÇÃO DE IMÓVEL DA (APAE-ARA), PARA REALIZAÇÃO DO EVENTO 39º “ENCONTRO DA MULHER RURAL”, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA DE MEIO AMBIENTE, DESENVOLVIMENTO URBANO E RURAL</t>
+  </si>
+  <si>
+    <t>24/07/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - INEXIGIBILIDADE DE LICITAÇÃO Nº 018/2025CONTRATAÇÃO DE SHOW ARTÍSTICO MUSICAL COM O CANTOR PARREIRA, PARA REALIZAÇÃO DO EVENTO 39º “ENCONTRO DA MULHER RURAL”, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE MEIO AMBIENTE, DESENVOLVIMENTO URBANO E RURAL.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 035/2025Registro de Preços para Futura e Eventual Aquisição de Material de Informática, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 032/2025Registro de Preços para Futura e Eventual Aquisição de Peças da Marca TECTRANS, destinadas à Manutenção dos Semáforos Inteligentes do Município, em Atendimento à Demanda da Secretaria Municipal de Obras e Infraestrutura</t>
+  </si>
+  <si>
+    <t>22/07/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 105/2025 - PREGÃO ELETRÔNICO Nº 025/2025Registro de Preços para Futura e Eventual Aquisição de um Distribuidor de Agregados e de uma Fresadora de Engate Rápido para uso na Mini Carregadeira, em atendimento a Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 104/2025 - ADESÃO Nº 008/2025Registro de Preços para Futura e Eventual Aquisição de areia, brita e pedrisco, em atendimento à demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>21/07/2025</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 008/2025Registro de Preços para Futura e Eventual Aquisição de areia, brita e pedrisco, em atendimento à demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>18/07/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 103/2025 - PREGÃO ELETRÔNICO Nº 027/2025Registro de Preços para Futura e Eventual Contratação de Empresa para Serviço de Confecção de Material Serigráfico e Aquisição de Uniformes, em atendimento as Diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>17/07/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 102/2025 - PREGÃO ELETRÔNICO Nº 027/2025Registro de Preços para Futura e Eventual Contratação de Empresa para Serviço de Confecção de Material Serigráfico e Aquisição de Uniformes, em atendimento as Diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 101/2025 - PREGÃO ELETRÔNICO Nº 027/2025Registro de Preços para Futura e Eventual Contratação de Empresa para Serviço de Confecção de Material Serigráfico e Aquisição de Uniformes, em atendimento as Diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 100/2025 - PREGÃO ELETRÔNICO Nº 019/2025Registro de Preços para Futura e Eventual Aquisição de Materiais Esportivos, em Atendimento a Secretaria Municipal de Esporte e Lazer do Município de Araputanga/MT.</t>
+  </si>
+  <si>
+    <t>16/07/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 099/2025 - PREGÃO ELETRÔNICO Nº 019/2025Registro de Preços para Futura e Eventual Aquisição de Materiais Esportivos, em Atendimento a Secretaria Municipal de Esporte e Lazer do Município de Araputanga/MT.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 098/2025 - PREGÃO ELETRÔNICO Nº 019/2025Registro de Preços para Futura e Eventual Aquisição de Materiais Esportivos, em Atendimento a Secretaria Municipal de Esporte e Lazer do Município de Araputanga/MT.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 097/2025 - PREGÃO ELETRÔNICO Nº 019/2025Registro de Preços para Futura e Eventual Aquisição de Materiais Esportivos, em Atendimento a Secretaria Municipal de Esporte e Lazer do Município de Araputanga/MT.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 096/2025 - PREGÃO ELETRÔNICO Nº 019/2025Registro de Preços para Futura e Eventual Aquisição de Materiais Esportivos, em Atendimento a Secretaria Municipal de Esporte e Lazer do Município de Araputanga/MT.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 033/2025Registro de Preços para futura e eventual Contratação de empresa especializada em licenciamento de softwares para gestão e tramitação de documentos administrativos, jurídicos e legislação, utilizando inteligência artificial, com transcrição automatizada de áudios e atas de reuniões, sessões e audiências públicas. A solução deverá incluir infraestrutura em nuvem, suporte técnico contínuo, implantação, manutenção evolutiva e treinamento, garantindo eficiência e modernização dos processos administr</t>
+  </si>
+  <si>
+    <t>15/07/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - INEXIGIBILIDADE DE LICITAÇÃO Nº 017/2025 - CREDENCIAMENTO Nº 005/2025Contratação de Serviço de Hospedagem no Município de Araputanga, em atendimento à demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>11/07/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 031/2025Registro de Preços para Futura e Eventual Aquisição de Materiais Odontológicos, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO  DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 015/2025CONTRATAÇÃO DE PESSOA JURÍDICA PARA A PRESTAÇÃO DE SERVIÇO DE MÃO DE OBRA ESPECIALIZADA, COM ATUAÇÃO NAS ATIVIDADES DE PAVIMENTAÇÃO ASFÁLTICA, TERRAPLANAGEM, BASE E SUB-BASE, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA.</t>
+  </si>
+  <si>
+    <t>10/07/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO  - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 014/2025CONTRATAÇÃO DE PESSOA JURÍDICA NA PRESTAÇÃO DE SERVIÇOS PARA REALIZAÇÃO DE PROCESSO SELETIVO SIMPLIFICADO, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 095/2025 - PREGÃO ELETRÔNICO Nº 018/2025Prestação de Serviço de Dedetização de Ambiente (prédios) e Limpeza de Caixa D’agua, em Atendimento a Solicitações as Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>08/07/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 094/2025 - PREGÃO ELETRÔNICO Nº 018/2025Prestação de Serviço de Dedetização de Ambiente (prédios) e Limpeza de Caixa D’agua, em Atendimento a Solicitações as Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 093/2025 - ADESÃO Nº 007/2025Registro de Preços para Futura Contratação de Empresa Especializada para execução de serviços de laboratório de prótese dentária (confecção de próteses dentárias totais e parciais) em atendimento as necessidades da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>02/07/2025</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 007/2025Registro de Preços para Futura Contratação de Empresa Especializada para execução de serviços de laboratório de prótese dentária (confecção de próteses dentárias totais e parciais) em atendimento as necessidades da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 030/2025Registro de Preços para Futura e Eventual Aquisição de Aparelho Automático de Bioquímica, em atendimento a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 092/2025 - PREGÃO ELETRÔNICO Nº 020/2025Registro de Preços para Futura e Eventual Aquisição de Veículos Utilitários Tipo SUV e um Caminhão de Lixo com Capacidade de 15 MT³, (0 km), em atendimento a Secretarias Municipais de Obras e Infraestrutura, Educação e Cultura e Administração.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - DISPENSA DE LICITAÇÃO (RITO ELETRÔNICO) N.º 013/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA ELABORAÇÃO DE PROJETOS ELÉTRICOS DE SUBESTAÇÃO AÉREA DE 112,5 KVA TRIFÁSICO, TENSÃO PRIMÁRIA DE 13,8KV E TENSÃO BAIXA DE 220/127V, PARA ATENDER OS CENTROS DE EDUCAÇÃO INFANTIL, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA.</t>
+  </si>
+  <si>
+    <t>30/06/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 029/2025Registro de Preços para Futura e Eventual Serviço de Cravação de Estacas de Madeira para Estrutura de Pontes de Madeira, em atendimento a Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>27/06/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 091/2025 - PREGÃO ELETRÔNICO Nº 028/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente para serem sorteados no 39º Encontro da Mulher Rural, em atendimento a Secretaria Municipal de Meio Ambiente, Desenvolvimento Urbano e Rural.</t>
+  </si>
+  <si>
+    <t>26/06/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 090/2025 - PREGÃO ELETRÔNICO Nº 028/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente para serem sorteados no 39º Encontro da Mulher Rural, em atendimento a Secretaria Municipal de Meio Ambiente, Desenvolvimento Urbano e Rural.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 089/2025 - PREGÃO ELETRÔNICO Nº 028/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente para serem sorteados no 39º Encontro da Mulher Rural, em atendimento a Secretaria Municipal de Meio Ambiente, Desenvolvimento Urbano e Rural.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 088/2025 - PREGÃO ELETRÔNICO Nº 028/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente para serem sorteados no 39º Encontro da Mulher Rural, em atendimento a Secretaria Municipal de Meio Ambiente, Desenvolvimento Urbano e Rural.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 087/2025 - PREGÃO ELETRÔNICO Nº 028/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente para serem sorteados no 39º Encontro da Mulher Rural, em atendimento a Secretaria Municipal de Meio Ambiente, Desenvolvimento Urbano e Rural.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 086/2025 - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços para futura e eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>23/06/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 085/2025 - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços para futura e eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 084/2025 - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços para futura e eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 083/2025 - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços para futura e eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 082/2025 - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços para futura e eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 081/2025 - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços para futura e eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 080/2025 - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços para futura e eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 079/2025 - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços para futura e eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 078/2025 - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços para futura e eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 077/2025 - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços para futura e eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 076/2025 - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços para futura e eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 075/2025 - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços para futura e eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 074/2025 - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços para futura e eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 073/2025 - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços para futura e eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO –  INEXIGIBILIDADE DE LICITAÇÃO Nº 016/2025CONTRATAÇÃO DE SHOW ARTÍSTICO MUSICAL COM O CANTOR JHONATAN WILHAN, EM COMEMORAÇÃO AS FESTAS JUNINAS DO GRUPO RAIO DE LUZ (BOTAS E ARAPUTANGA), EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL.</t>
+  </si>
+  <si>
+    <t>18/06/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 072/2025 - PREGÃO ELETRÔNICO Nº 016/2025Registro de Preços para futura e eventual aquisição de Material para Sinalização das Ruas e Avenidas Municipais, em atendimento à demanda da Secretaria de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>17/06/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 071/2025 - PREGÃO ELETRÔNICO Nº 016/2025Registro de Preços para futura e eventual aquisição de Material para Sinalização das Ruas e Avenidas Municipais, em atendimento à demanda da Secretaria de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 070/2025 - PREGÃO ELETRÔNICO Nº 016/2025Registro de Preços para futura e eventual aquisição de Material para Sinalização das Ruas e Avenidas Municipais, em atendimento à demanda da Secretaria de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 069/2025 - PREGÃO ELETRÔNICO Nº 016/2025Registro de Preços para futura e eventual aquisição de Material para Sinalização das Ruas e Avenidas Municipais, em atendimento à demanda da Secretaria de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 068/2025 - PREGÃO ELETRÔNICO Nº 016/2025Registro de Preços para futura e eventual aquisição de Material para Sinalização das Ruas e Avenidas Municipais, em atendimento à demanda da Secretaria de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 012/2025CONTRATAÇÃO DE EMPRESA PARA CONFECÇÃO DE MATERIAIS GRÁFICO, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIAS MUNICIPAL DE MEIO AMBIENTE E DESENVOLVIMENTO URBANO E RURAL E SAÚDE.</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 011/2025AQUISIÇÃO DE CARROCEIRA EM MADEIRA PARA CAMINHÃO DA COLETA SELETIVA (FORD CARGO 816S), INCLUINDO FABRICAÇÃO E INSTALAÇÃO, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA.</t>
+  </si>
+  <si>
+    <t>16/06/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 067/2025 - ADESÃO Nº 006/2025Registro de Preços para Futura e Eventual Aquisição de mobiliários, cadeiras e poltronas corporativas e escolar, para atender as necessidades das Escolas Municipais e Centros de Educação Infantil.</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 006/2025Registro de Preços para Futura e Eventual Aquisição de mobiliários, cadeiras e poltronas corporativas e escolar, para atender as necessidades das escolas municipais e centros de educação infantil.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 027/2025Registro de Preços para Futura e Eventual Contratação de Empresa para Serviço de Confecção de Material Serigráfico e Aquisição de Uniformes, em atendimento as necessidades das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>12/06/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 066/2025 - PREGÃO ELETRÔNICO Nº 022/2025Registro de Preços para Futura e Eventual Aquisição de Motocicletas, em atendimento as Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>10/06/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 065/2025 - PREGÃO ELETRÔNICO Nº 022/2025Registro de Preços para Futura e Eventual Aquisição de Motocicletas, em atendimento as Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 064/2025 - PREGÃO ELETRÔNICO Nº 023/2025Registro de Preços para Futura e Eventual Aquisição de Nécessaire em Poliéster e Nylon Personalizada, Canecas com Tirantes Personalizados para serem distribuídas como forma de lembrancinha para as participantes no Evento 39º Encontro da Mulher Rural, em atendimento à demanda da Secretaria Municipal de Meio Ambiente e Desenvolvimento Urbano e Rural.</t>
+  </si>
+  <si>
+    <t>09/06/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 063/2025 - PREGÃO ELETRÔNICO Nº 023-2025Registro de Preços para Futura e Eventual Aquisição de Nécessaire em Poliéster e Nylon Personalizada, Canecas com Tirantes Personalizados para serem distribuídas como forma de lembrancinha para as participantes no Evento 39º Encontro da Mulher Rural, em atendimento à demanda da Secretaria Municipal de Meio Ambiente e Desenvolvimento Urbano e Rural.</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - DISPENSA DE LICITAÇÃO (RITO ELETRÔNICO) Nº 010/2025AQUISIÇÃO DE NOBREAKS, PARA SERVIDORES DE REDE DO DEPARTAMENTO DO TI, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO.</t>
+  </si>
+  <si>
+    <t>04/06/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - INEXIGIBILIDADE DE LICITAÇÃO Nº 015/2025CONTRATAÇÃO DE SERVIÇOS JURÍDICOS ESPECIALIZADOS PARA ASSESSORAR O MUNICÍPIO DE ARAPUTANGA/MT NA REVISÃO, RECÁLCULO, REGULARIZAÇÃO E RECUPERAÇÃO DE VALORES DEVIDOS RELACIONADOS AO IRRF DE PRESTADORES DE SERVIÇOS, REPASSES DA CFURH PELA ANEEL, COMPENSAÇÃO PREVIDENCIÁRIA ENTRE RGPS E RPPS, ATUALIZAÇÃO DA TABELA SUS E REPASSES AO FPM, INCLUINDO MEDIDAS ADMINISTRATIVAS E JUDICIAIS NECESSÁRIAS, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E FINANÇAS E PLANEJAMENTO.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 062/2025 - ADESÃO Nº 005/2025Registro de Preços para Futura Contratação de Empresa Especializada em Serviços de camisetas, uniformes e malharia em geral, em atendimento as demandas da Secretaria Municipal de Esporte e Lazer.</t>
+  </si>
+  <si>
+    <t>30/05/2025</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 005/2025Registro de Preços para Futura Contratação de Empresa Especializada em serviços de confecção de camisetas, uniformes e malharia em geral, em atendimento as demandas da Secretaria Municipal de Esporte e Lazer.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 028/2025Registro de Preços para Futura e Eventual Aquisição de Material Permanente para serem sorteados no 39º Encontro da Mulher Rural, em atendimento a Secretaria Municipal de Meio Ambiente, Desenvolvimento Urbano e Rural.</t>
+  </si>
+  <si>
+    <t>29/05/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - CONCORRÊNCIA ELETRÔNICA Nº 004/2025Contratação de Empresa Especializada para a Construção de Área de Lazer no CRAS de Araputanga/MT, em atendimento à demanda da Secretaria Municipal de Assistência Social.</t>
+  </si>
+  <si>
+    <t>26/05/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 061/2025 - PREGÃO ELETRÔNICO Nº 015/2025Registro de Preços Para Futura e Eventual Aquisição de Conjunto de Moto Bombas De Água e Painel de Acionamento e Proteção de Bombas Submersas em Atendimento a Secretaria Municipal de Obras e Infraestrutura – SMAE.</t>
+  </si>
+  <si>
+    <t>22/05/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 060/2025 - PREGÃO ELETRÔNICO Nº 015/2025Registro de Preços Para Futura e Eventual Aquisição de Conjunto de Moto Bombas De Água e Painel de Acionamento e Proteção de Bombas Submersas em Atendimento a Secretaria Municipal de Obras e Infraestrutura – SMAE.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 059/2025 - PREGÃO ELETRÔNICO Nº 015/2025Registro de Preços Para Futura e Eventual Aquisição de Conjunto de Moto Bombas De Água e Painel de Acionamento e Proteção de Bombas Submersas em Atendimento a Secretaria Municipal de Obras e Infraestrutura – SMAE.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 058/2025 - PREGÃO ELETRÔNICO Nº 015/2025Registro de Preços Para Futura e Eventual Aquisição de Conjunto de Moto Bombas De Água e Painel de Acionamento e Proteção de Bombas Submersas em Atendimento a Secretaria Municipal de Obras e Infraestrutura – SMAE.</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO –  INEXIGIBILIDADE DE LICITAÇÃO Nº 014/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE GERENCIAMENTO CONTÍNUO, DESENVOLVIMENTO DE NOVAS FUNCIONALIDADES E ACESSÓRIOS PARA O WEBSITE INSTITUCIONAL DA PREFEITURA MUNICIPAL DE ARAPUTANGA E MANUTENÇÃO DOS SERVIÇOS JÁ EXISTENTES, EM ATENDIMENTO AS DEMANDAS SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 057/2025 - PREGÃO ELETRÔNICO Nº 021/2025Registro de Preços para Futura e Eventual Aquisição de Tanque em Formato Elíptico com capacidade de 15.000 litros, em atendimento a Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>21/05/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 009/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM PRESTAÇÃO SERVIÇO DE ASSESSORIA PARA AUXILIAR COM PROCESSO DE ORGANIZAÇÃO DA TELEFONIA FIXA, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO.</t>
+  </si>
+  <si>
+    <t>20/05/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - DISPENSA DE LICITAÇÃO (RITO ELETRÔNICO) N.º 008/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE PREPARAÇÃO DE ALIMENTOS, TIPO BUFFET, PARA A REALIZAÇÃO DOS JOGOS, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE ESPORTE E LAZER.</t>
+  </si>
+  <si>
+    <t>19/05/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - DISPENSA DE LICITAÇÃO (RITO ELETRÔNICO) N.º 007/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE ARBITRAGEM, PARA A REALIZAÇÃO DOS JOGOS ESTUDANTIS DE SELEÇÕES MATO-GROSSENSES, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE ESPORTE E LAZER.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 025/2025Registro de Preços para Futura e Eventual Aquisição de um Distribuidor de Agregados e de uma Fresadora de Engate Rápido para uso na Mini Carregadeira.</t>
+  </si>
+  <si>
+    <t>15/05/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 026/2025Registro de Preços para Futura e Eventual Serviço para Confecção de Material Gráfico, para atender às demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 024/2025Registro de Preços para Futura e Eventual de Aquisição de Aparelhos Celulares Smartphone para atender às demandas das diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 056/2025 - PREGÃO ELETRÔNICO Nº 010/2025Registro de Preços para Futura e Eventual Aquisição de Cilindros, Oxigênio Medicinal e Válvula (Repetição P.E. 041/2024 dos itens que resultaram frustrados), em atendimento à demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 055/2025 - PREGÃO ELETRÔNICO Nº 010/2025Registro de Preços para Futura e Eventual Aquisição de Cilindros, Oxigênio Medicinal e Válvula (Repetição P.E. 041/2024 dos itens que resultaram frustrados), em atendimento à demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 023/2025Registro de Preços para Futura e Eventual Aquisição de Nécessaire em Poliéster e Nylon Personalizada, Canecas com Tirantes Personalizados para serem distribuídas como forma de lembrancinha para as participantes no Evento 39º Encontro da Mulher Rural, em atendimento à demanda da Secretaria Municipal de Meio Ambiente e Desenvolvimento Urbano e Rural.</t>
+  </si>
+  <si>
+    <t>14/05/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 054/2025 - PREGÃO ELETRÔNICO Nº 013/2025Registro de Preços para Futura e Eventual Aquisição de Materiais de Construção e Materiais Hidráulico, com base na tabela SINAPI, em atendimento à demanda das diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - CONCORRÊNCIA ELETRÔNICA Nº 003/2025Contratação de Empresa Especializada em Construção Civil para Executar a Obra de Reforma da Quadra de Esportes do Bairro Cidade Alta, em atendimento à demanda da Secretaria Municipal de Esportes e Lazer.</t>
+  </si>
+  <si>
+    <t>12/05/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 022/2025Registro de Preços para Futura e Eventual Aquisição de Motocicletas, em atendimento as Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO PRESENCIAL Nº 001/2025Registro de Preços Para Futura E Eventual Contratação de Empresa Especializada em Prestação de Serviços para Manutenção Preventiva e Corretiva na Frota Municipal, em atendimento à demanda das diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>08/05/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO –  INEXIGIBILIDADE DE LICITAÇÃO Nº 012/2025Contratação de shows artísticos musical com os Cantores e Banda (Valesca Mayssa, Angielly, Banda os Benções e Colo de Deus), para a realização do evento “Celebra Araputanga”, em atendimento as demandas da Secretaria Municipal de Educação e Cultura.</t>
+  </si>
+  <si>
+    <t>07/05/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - DISPENSA DE LICITAÇÃO (RITO ELETRÔNICO) N.º 006/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO DE ELABORAÇÃO DE LAUDO TÉCNICO DE AVALIAÇÃO DE IMÓVEIS, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SAÚDE.</t>
+  </si>
+  <si>
+    <t>06/05/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - INEXIGIBILIDADE DE LICITAÇÃO Nº 013/2025Contratação de shows artísticos musical com os cantores e banda (Cleber e Cauan, Douglas Cabral, Cesinha Mello, Brenno Reis e Marco Viola e Banda Inovação) para realização das festividades do 62º aniversário de Araputanga/MT, em atendimento as demandas da Secretaria Municipal de Educação e Cultura.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - INEXIGIBILIDADE DE LICITAÇÃO Nº 011/2025 - CREDENCIAMENTO Nº 004/2025Credenciamento de Leiloeiros Oficiais para realização de leilões públicos no formato híbrido visando a alienação de Bens Imóveis ou Móveis inservíveis para a Administração Pública Municipal, em atendimento à demanda da Secretaria Municipal de Administração.</t>
+  </si>
+  <si>
+    <t>05/05/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 053/2025 - ADESÃO Nº 004/2025Registro de Preços para Futura e Eventual Contratação de Pessoa Jurídica especializada na prestação de serviços com fornecimento de infraestrutura necessária á realização de eventos e festividades, em atendimento a demanda da Secretaria Municipal de Educação e Cultura.</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 004/2025Registro de preços para futura e eventual contratação de empresa especializada na prestação de serviços com fornecimento de infraestrutura necessária á realização de eventos e festividades, com locação de estrutura, sonorização, iluminação, banheiros químicos, dentre outros, compreendendo a montagem, desmontagem, limpeza, manutenção, instalação elétricas, em atendimento as demandas da Secretaria de Educação e Cultura.</t>
+  </si>
+  <si>
+    <t>02/05/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 052/2025 - ADESÃO Nº 003/2025Registro de Preços para a Futura e Eventual Contratação de Serviço de locação de equipamento autobetoneira autocarregável, para a confecção de concreto usinado com operador no sistema de registro de preço, em atendimento a demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>29/04/2025</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 003/2025Registro de Preços para a Eventual Contratação de serviço de locação de equipamento autobetoneira autocarregável para a confecção de concreto usinado com operador no sistema de registro de preço, em atendimento as demandas da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 051/2025 - PREGÃO ELETRÔNICO Nº 006/2025Registro de preços Futura e Eventual Contratação de Pessoa Jurídica para fornecimento e instalação de manilhas de concreto em Araputanga/MT, em atendimento à demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 050/2025 - PREGÃO ELETRÔNICO Nº 006/2025Registro de preços Futura e Eventual Contratação de Pessoa Jurídica para fornecimento e instalação de manilhas de concreto em Araputanga/MT, em atendimento à demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 049/2025 - PREGÃO ELETRÔNICO Nº 012/2025Registro de Preços para Futura e Eventual Aquisição de Gêneros Alimentícios (repetição dos itens frustrados no Pregão Eletrônico nº 042/2024), em atendimento as Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>28/04/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 048/2025 - PREGÃO ELETRÔNICO Nº 012/2025Registro de Preços para Futura e Eventual Aquisição de Gêneros Alimentícios (repetição dos itens frustrados no Pregão Eletrônico nº 042/2024), em atendimento as Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 047/2025 - PREGÃO ELETRÔNICO Nº 012/2025Registro de Preços para Futura e Eventual Aquisição de Gêneros Alimentícios (repetição dos itens frustrados no Pregão Eletrônico nº 042/2024), em atendimento as Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 046/2025 - PREGÃO ELETRÔNICO Nº 012/2025Registro de Preços para Futura e Eventual Aquisição de Gêneros Alimentícios (repetição dos itens frustrados no Pregão Eletrônico nº 042/2024), em atendimento as Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 045/2025 - PREGÃO ELETRÔNICO Nº 012/2025Registro de Preços para Futura e Eventual Aquisição de Gêneros Alimentícios (repetição dos itens frustrados no Pregão Eletrônico nº 042/2024), em atendimento as Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - INEXIGIBILIDADE DE LICITAÇÃO Nº 010/2025Aquisição de Livros Paradidáticos, de inclusão de estudantes com transtorno de espectro autismo (tea), para a rede municipal do ensino fundamental, em atendimento as necessidades da Secretaria Municipal de Educação.</t>
+  </si>
+  <si>
+    <t>25/04/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO -  DISPENSA DE LICITAÇÃO (RITO ELETRÔNICO) N º 005/2025AQUISIÇÃO DE TRAVES PARA FUTEBOL SOCIETY, CONFECCIONADAS EM ESTRUTURA METÁLICA, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE ESPORTE E LAZER.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 044/2025 - PREGÃO ELETRÔNICO Nº 011/2025Registro de Preços para Futura e Eventual Aquisição de Produtos Químicos para fins de Análise e Tratamento de Água para o Consumo Humano, em atendimento à demanda da Secretaria de Obras e Infraestrutura – SMAE.</t>
+  </si>
+  <si>
+    <t>24/04/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 043/2025 - PREGÃO ELETRÔNICO Nº 011/2025Registro de Preços para Futura e Eventual Aquisição de Produtos Químicos para fins de Análise e Tratamento de Água para o Consumo Humano, em atendimento à demanda da Secretaria de Obras e Infraestrutura – SMAE.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 042/2025 - PREGÃO ELETRÔNICO Nº 011/2025Registro de Preços para Futura e Eventual Aquisição de Produtos Químicos para fins de Análise e Tratamento de Água para o Consumo Humano, em atendimento à demanda da Secretaria de Obras e Infraestrutura – SMAE.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 041/2025 - PREGÃO ELETRÔNICO Nº 011/2025Registro de Preços para Futura e Eventual Aquisição de Produtos Químicos para fins de Análise e Tratamento de Água para o Consumo Humano, em atendimento à demanda da Secretaria de Obras e Infraestrutura – SMAE.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - INEXIGIBILIDADE DE LICITAÇÃO Nº 009/2025 - CREDENCIAMENTO Nº 003/2025Contratação de Pessoa Jurídica Especializada em Prestação de Serviço de Exames Laboratoriais para atender as demandas da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>22/04/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 021/2025Registro de Preços para Futura e Eventual Aquisição de Tanque em Formato Elíptico com capacidade de 15.000 litros, em atendimento a Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 040/2025 - PREGÃO ELETRÔNICO Nº 009/2025Registro de Preços para Futura e Eventual Contratação de Empresa Especializada em Fornecimento de Laudos Diagnósticos em Exame de Imagem por Meio de Tele Radiologia em Atendimento à Demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>17/04/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 039/2025 - PREGÃO ELETRÔNICO Nº 007/2025Registro de preços para Futura e Eventual Contratação de Pessoa Jurídica para prestação de serviço de execução de tapa buraco com remendo profundo, em atendimento à demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 038/2025 - PREGÃO ELETRÔNICO Nº 008/2025Registro de Preços para Futura e Eventual Contratação de Empresa Especializada para Prestação de Serviço de Limpeza, Manutenção Preventiva, Corretiva e Instalação de Ar-Condicionado, em atendimento das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 020/2025Registro de Preços para Futura e Eventual Aquisição de Veículos Utilitários Tipo SUV e um Caminhão de Lixo com Capacidade de 15 MT³, (0 km), em atendimento as Secretarias Municipais de Obras e Infraestrutura, Educação e Cultura e Administração.</t>
+  </si>
+  <si>
+    <t>16/04/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 018/2025Prestação de Serviço de Dedetização de Ambiente (prédios) e Limpeza de Caixa D’agua em Atendimento a Solicitações as Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 019/2025Registro de Preços para Futura e Eventual Aquisição de Materiais Esportivos em Atendimento a Secretaria Municipal de Esporte e Lazer do Município de Araputanga – Mato Grosso.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 017/2025Registro de Preços para futura e eventual Contratação de empresa visando a prestação de serviços técnicos especializados de consultoria e assessoria administrativa em compras públicas, licitações e contratos, incluindo acompanhamento na íntegra dos processos, desta a fase interna até a homologação, em atendimento a Secretaria Municipal de Administração.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 016/2025Registro de Preços para futura e eventual aquisição de Material para Sinalização das Ruas e Avenidas Municipais, em atendimento à demanda da Secretaria de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 015/2025Registro de Preços Para Futura e Eventual Aquisição de Conjunto de Moto Bombas de Água e Painel de Acionamento e Proteção de Bombas Submersas em Atendimento a Secretaria de Obras e Infraestrutura- SMAE.</t>
+  </si>
+  <si>
+    <t>15/04/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO –  INEXIGIBILIDADE DE LICITAÇÃO Nº 008/2025Contratação de Empresa Especializada no fornecimento e implantação da solução contagie de apredizagem, incluindo o material didático, para uso diário e desenvolvimento das atividades de rotina das escolas municipais, em atendimento as necessidades da Secretaria Municipal de Educação.</t>
+  </si>
+  <si>
+    <t>09/04/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 014/2025Registro de Preços Para Futura E Eventual Aquisição De Ônibus Rural para Atender às Necessidades da Secretaria Municipal de Educação e Cultura do Município de Araputanga-MT.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO DE DISPENSA DE LICITAÇÃO (RITO ELETRÔNICO) N º 004/2025CONTRATAÇÃO DE EMPRESA OU PROFISSIONAL ESPECIALIZADO NA ÁREA DE ENGENHARIA PARA A ELABORAÇÃO DE PROJETOS DIVERSOS DE ENGENHARIA CIVIL, CONFORME AS DEMANDAS APRESENTADAS PELO MUNICÍPIO, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA.</t>
+  </si>
+  <si>
+    <t>08/04/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 037/2025 - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>04/04/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 036/2025 - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 035/2025 - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 034/2025 - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 033/2025 - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 032/2025 - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 031/2025 - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 030/2025 - PREGÃO ELTRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 029/2025 - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 028/2025 - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 027/2025 - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 026/2025 - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 025/2025 - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 024/2025 - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 023/2025 - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - DISPENSA DE LICITAÇÃO (RITO ELETRÔNICO) Nº 003/2025AQUISIÇÃO DE MATERIAL DE INFORMÁTICA, PARA ATENDER AS NECESSIDADES DAS UNIDADES BÁSICAS DE SAÚDE.</t>
+  </si>
+  <si>
+    <t>01/04/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - CONCORRÊNCIA ELETRÔNICA Nº 002/2025Construção de Bueiro Duplo Celular de Concreto na Avenida 23 de Maio no Município de Araputanga-MT.</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - INEXIGIBILIDADE DE LICITAÇÃO Nº 007/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A CAPACITAÇÃO DE SERVIDORES MUNICIPAIS EM PÓS-GRADUAÇÃO NA ÁREA DE LICITAÇÕES E CONTRATOS, CONFORME AS DIRETRIZES ESTABELECIDAS PELA LEI FEDERAL Nº 14.133/2021, EM ATENDIMENTO AS DEMANDAS DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO.</t>
+  </si>
+  <si>
+    <t>25/03/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - INEXIGIBILIDADE DE LICITAÇÃO Nº 006/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE TUBO 100MP GALVANIZADO, PARA SEREM USADOS EM SUBSTITUIÇÃO A PEQUENAS PONTES DE MADEIRAS, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA.</t>
+  </si>
+  <si>
+    <t>21/03/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 013/2025Registro de Preços para Futura e Eventual Aquisição de Materiais de Construção e Materiais Hidráulico, com base na tabela SINAPI, em atendimento à demanda das diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>19/03/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO  Nº 012/2025Registro de Preços para Futura e Eventual Aquisição de Gêneros Alimentícios (repetição dos itens frustrados no Pregão Eletrônico nº 042/2024), em atendimento as secretarias municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 022/2025 - PREGÃO ELETRÔNICO Nº 002/2025Registro de Preços para Futura e Eventual aquisição de fraldas descartáveis para suprir as necessidades da Secretaria de Saúde.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 021/2025 - PREGÃO ELETRÔNICO Nº 002/2025Registro de Preços para Futura e Eventual aquisição de fraldas descartáveis para suprir as necessidades da Secretaria de Saúde.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - CONCORRÊNCIA ELETRÔNICA  Nº 001/2025Contratação de Pessoa Jurídica para Prestação de Serviço de Construção Creche e Pré-Escola de Educação Infantil em Tempo Integral, Creche Centro de Educação Infantil Professora Maria Aparecida Domingos no Loteamento Carvalho em Araputanga/MT, FNDE – Creche Tipo 1 – Convênio 961940/2024/FNDE/CAIXA, em atendimento à demanda da Secretaria Municipal de Educação e Cultura</t>
+  </si>
+  <si>
+    <t>14/03/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 011/2025Registro de Preços para Futura e Eventual Aquisição de Produtos Químicos para fins de Análise e Tratamento de Água para o Consumo Humano, em atendimento à demanda da Secretaria de Obras e Infraestrutura – SMAE.</t>
+  </si>
+  <si>
+    <t>13/03/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 010/2025Registro de Preços para Futura e Eventual Aquisição de Cilindros, Oxigênio Medicinal e Válvula (Repetição P.E. 041/2024 dos itens que resultaram frustrados), em atendimento à demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>10/03/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 009/2025Registro de Preços para Futura e Eventual Contratação de Empresa Especializada em Fornecimento de Laudos Diagnósticos em Exame de Imagem por Meio de Tele Radiologia em Atendimento à Demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>06/03/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - INEXIGIBILIDADE DE LICITAÇÃO Nº 005/2025LOCAÇÃO DE IMÓVEL PARA FUNCIONAMENTO DA VIGILÂNCIA SANITÁRIA, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA DE MUNICIPAL DE SAÚDE.</t>
+  </si>
+  <si>
+    <t>28/02/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - DISPENSA DE LICITAÇÃO (RITO SUMÁRIO) Nº. 002/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A RECUPERAÇÃO E REFORMA DE UM RESERVATÓRIO METÁLICO CILÍNDRICO VERTICAL TIPO TAÇA, COM CAPACIDADE DE 20.000 LITROS (20 M³), DESTINADO AO ARMAZENAMENTO DE ÁGUA POTÁVEL PARA ABASTECIMENTO DA COMUNIDADE DE BOTAS, EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA - SMAE.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 020/2025 - PREGÃO ELETRÔNICO Nº 048/2024Registro de Preços para Futura e Eventual Contratação de Pessoa Jurídica para Fornecimento e Instalação de Tapetes de Gramas tipo Esmeralda ou Batatais, em atendimento a Secretaria de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 019/2025 - PREGÃO ELETRÔNICO Nº 003/2025Registro de Preços Futura e Eventual Contratação Pessoa Jurídica para a Prestação de Serviço de Recapagem, Recauchutagem e Vulcanização (Repetição P.E nº 043/2024 dos itens que resultaram frustrados), em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 018/2025 - PREGÃO ELETRÔNICO Nº 047/2024Registro de Preços para Futura e Eventual Aquisição de unidades de tambor/cilindros, cartuchos de tinta e cartuchos de toner, em atendimento as demandas das diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>27/02/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 017/2025 - PREGÃO ELETRÔNICO Nº 047/2024Registro de Preços para Futura e Eventual Aquisição de unidades de tambor/cilindros, cartuchos de tinta e cartuchos de toner, em atendimento as demandas das diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 016/2025 - PREGÃO ELETRÔNICO Nº 047/2024Registro de Preços para Futura e Eventual Aquisição de unidades de tambor/cilindros, cartuchos de tinta e cartuchos de toner, em atendimento as demandas das diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 015/2025 - PREGÃO ELETRÔNICO Nº 047/2024Registro de Preços para Futura e Eventual Aquisição de unidades de tambor/cilindros, cartuchos de tinta e cartuchos de toner, em atendimento as demandas das diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 014/2025 - PREGÃO ELETRÔNICO Nº 004/2025Registro de Preços para Futura e Eventual Contratação de Empresa Especializada para Prestação de Serviço de Transporte Escolar, em atendimento as demandas da Secretaria Municipal de Educação.</t>
+  </si>
+  <si>
+    <t>26/02/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 013/2025 - PREGÃO ELETRÔNICO Nº 004/2025Registro de Preços para Futura e Eventual Contratação de Empresa Especializada para Prestação de Serviço de Transporte Escolar, em atendimento as demandas da Secretaria Municipal de Educação.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 012/2025 - PREGÃO ELETRÔNICO Nº 004/2025Registro de Preços para Futura e Eventual Contratação de Empresa Especializada para Prestação de Serviço de Transporte Escolar, em atendimento as demandas da Secretaria Municipal de Educação.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 011/2025 - PREGÃO ELETRÔNICO Nº 001/2025Registro de Preços para Futura e Eventual Contratação de Empresa Especializada para Prestação de Serviços de Locação de Caminhão Munck E Caminhão Cesto Aéreo Linha Viva, com Motorista (Operador) e Eletricista de Manutenção apto trabalho com Redes Energizadas, em atendimento a Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>24/02/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 008/2025Registro de Preços para Futura e Eventual Contratação de Empresa Especializada para Prestação de Serviço de Limpeza, Manutenção Preventiva, Corretiva e Instalação de Ar-Condicionado, em atendimento das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>14/02/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO - INEXIGIBILIDADE DE LICITAÇÃO Nº 004/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM PRESTAÇÃO DE SERVIÇOS MÉDICOS HOSPITALARES, EM CARÁTER COMPLEMENTAR, PARA ATENDER AS DEMANDAS DA SECRETARIA MUNICIPAL DE SAÚDE.</t>
+  </si>
+  <si>
+    <t>13/02/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 007/2025Registro de preços para Futura e Eventual Contratação de Pessoa Jurídica para prestação de serviço de execução de tapa buraco com remendo profundo, em atendimento à demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>11/02/2025</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 002/2025Registro de Preços para a Futura e Eventual aquisição de materiais elétricos, ferramentas elétricas e equipamentos de proteção individual, em atendimento as demandas da Secretaria Municipal de Esporte e Lazer.</t>
+  </si>
+  <si>
+    <t>06/02/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 010/2025 - ADESÃO Nº 002/2025Registro de Preços para a Futura e Eventual Aquisição de Materiais Elétricos, Ferramentas Elétricas e Equipamentos de Proteção Individual, em atendimento as demandas da Secretaria Municipal de Esporte e Lazer.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 009/2025 - PREGÃO ELETRÔNICO Nº 046/2024Registro de Preços para Futura e Eventual Aquisição/Contratação Serviço Técnico Profissional especializado em envio de prestação de contas via Sistema APLIC e Cargas Tempestivas ao TCE/MT e todos os reenvios que porventura vier a necessita, em atendimento à demanda das diversas Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>05/02/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 006/2025Registro de preços Futura e Eventual Contratação de Pessoa Jurídica para fornecimento e instalação de manilhas de concreto em Araputanga/MT, em atendimento à demanda da Secretaria Municipal de Obras e Infraestrutura.</t>
+  </si>
+  <si>
+    <t>03/02/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE EDITAL DE CHAMADA PÚBLICA N°. 002/2025 - INEXIGIBILIDADE DE LICITAÇÃO N°. 003/2025AVISO DE EDITAL DE CHAMADA PÚBLICA N°. 002/2025 - INEXIGIBILIDADE DE LICITAÇÃO N°. 003/2025</t>
+  </si>
+  <si>
+    <t>30/01/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE RATIFICAÇÃO –  INEXIGIBILIDADE DE LICITAÇÃO Nº 002/2025CONTRATAÇÃO DE PROFISSIONAL ESPECIALIZADO NA PRESTAÇÃO DE SERVIÇO DE FORMAÇÃO CONTINUADA DA SEMANA PEDAGÓGICA 2025, COM A AGENCIA Q9 CONEXÕES INTELIGENTES, PARA PROFISSIONAIS DA EDUCAÇÃO DA REDE MUNICIPAL DE ENSINO, EM ATENDIMENTO A SECRETARIA MUNICIPAL DE EDUCAÇÃO.</t>
+  </si>
+  <si>
+    <t>28/01/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - DISPENSA DE LICITAÇÃO (RITO ELETRÔNICO) Nº 001/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM FORNECIMENTO DE SISTEMA DE INFORMAÇÕES GEOGRÁFICAS, ASSESSORIA E LAUDOS TÉCNICOS PARA GESTÃO  E FISCALIZAÇÃO DO ITR E APURAÇÃO DO VALOR DA TERRA NUA (VTN), EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE FINANÇAS E PLANEJAMENTO</t>
+  </si>
+  <si>
+    <t>27/01/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 005/2025Registro de Preços Futura e Eventual Aquisição de Material Hospitalar, em atendimento a demanda da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 004/2025Registro de Preços para Futura e Eventual Contratação de Empresa Especializada para Prestação de Serviço de Transporte Escolar, em atendimento as demandas da Secretaria Municipal de Educação.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 003/2025Registro de Preços Futura e Eventual Contratação Pessoa Jurídica para a Prestação de Serviço de Recapagem, Recauchutagem e Vulcanização (Repetição P.E nº 043/2024 dos itens que resultaram frustrados), em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 002/2025Registro de Preços para Futura e Eventual aquisição de fraldas descartáveis para suprir as necessidades da Municipal Secretaria de Saúde</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 001/2025Registro de Preços para Futura e Eventual Contratação de Empresa Especializada para Prestação de Serviços de Locação de Caminhão Munck E Caminhão Cesto Aéreo Linha Viva, com Motorista (Operador) e Eletricista de Manutenção apto trabalho com Redes Energizadas, em atendimento a Secretaria Municipal de Obras e Infraestrutura</t>
+  </si>
+  <si>
+    <t>SUSPENSÃO DE LICITAÇÃO 049-2024AVISO DE SUSPENSÃO DE LICITAÇÃO</t>
+  </si>
+  <si>
+    <t>14/01/2025</t>
+  </si>
+  <si>
+    <t>EDITAL COMPLETO CHAMAMENTO PÚBLICO Nº 001/2025Concessão de Direito Real de Uso de Lotes do Parque Industrial e Tecnológico do Município de Araputanga/MT.</t>
+  </si>
+  <si>
+    <t>13/01/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 008/2025 - ADESÃO Nº 001/2025Registro de Preços para a Futura e Eventual Contratação de Empresa Especializada para Fornecimento da Licença de uso de software por prazo determinado, com atualização mensal, que garanta as alterações legais, corretivas e evolutivas, incluindo conversão, implantação e treinamento, em atendimento as demandas das secretarias municipais.</t>
+  </si>
+  <si>
+    <t>10/01/2025</t>
+  </si>
+  <si>
+    <t>EXTRATO DE RATIFICAÇÃO DE AUTORIZAÇÃO AO TERMO DE ADESÃO Nº 001/2025Registro de Preços para a Futura e Eventual Contratação de Empresa Especializada para fornecimento da licença de uso de software por prazo determinado, com atualização mensal, que garanta as alterações legais, corretivas e evolutivas, incluindo conversão, implantação e treinamento, em atendimento as demandas das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ERRATA - EDITAL COMPLETO - PREGÃO ELETRÔNICO Nº 049/2024Registro de Preços Para Futura e Eventual Aquisição de Conjunto de Moto Bombas de Água e Painel de Acionamento e Proteção de Bombas Submersas.</t>
+  </si>
+  <si>
+    <t>08/01/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 007/2025 - PREGÃO ELETRÔNICO Nº 035/2024Registro de Preços para Futura e Eventual Aquisição de Material Permanente, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>07/01/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 006/2025 - PREGÃO ELETRÔNICO Nº 035/2024Registro de Preços para Futura e Eventual Aquisição de Material Permanente, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 005/2025 - PREGÃO ELETRÔNICO Nº 035/2024Registro de Preços para Futura e Eventual Aquisição de Material Permanente, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 004/2025 - PREGÃO ELETRÔNICO Nº 035/2024Registro de Preços para Futura e Eventual Aquisição de Material Permanente, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 003/2025 - PREGÃO ELETRÔNICO Nº 035/2024Registro de Preços para Futura e Eventual Aquisição de Material Permanente, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 002/2025 - PREGÃO ELETRÔNICO Nº 035/2024Registro de Preços para Futura e Eventual Aquisição de Material Permanente, em atendimento a demanda das Secretarias Municipais.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 001/2025 - PREGÃO ELETRÔNICO Nº 035/2024Registro de Preços para Futura e Eventual Aquisição de Material Permanente, em atendimento a demanda das Secretarias Municipais.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -636,558 +1847,3281 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C57"/>
+  <dimension ref="A1:C358"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
-      <c r="B2">
-        <v>2025</v>
+      <c r="B2" t="s">
+        <v>4</v>
       </c>
       <c r="C2"/>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>2025</v>
+        <v>5</v>
+      </c>
+      <c r="B3" t="s">
+        <v>6</v>
       </c>
       <c r="C3"/>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>2025</v>
+        <v>7</v>
+      </c>
+      <c r="B4" t="s">
+        <v>6</v>
       </c>
       <c r="C4"/>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>2025</v>
       </c>
       <c r="C5"/>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>2025</v>
+        <v>9</v>
+      </c>
+      <c r="B6" t="s">
+        <v>6</v>
       </c>
       <c r="C6"/>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>2025</v>
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>11</v>
       </c>
       <c r="C7"/>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B8" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C8"/>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="B9" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C9"/>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="B10" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C10"/>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B11" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C11"/>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B12" t="s">
         <v>18</v>
       </c>
       <c r="C12"/>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B13" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C13"/>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B14" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C14"/>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B15" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C15"/>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
+        <v>26</v>
+      </c>
+      <c r="B16" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C16"/>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>27</v>
       </c>
       <c r="B17" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="C17"/>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B18" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="C18"/>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B19" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C19"/>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>277</v>
+        <v>31</v>
+      </c>
+      <c r="B20" t="s">
+        <v>30</v>
       </c>
       <c r="C20"/>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B21" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="C21"/>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>259</v>
+        <v>33</v>
+      </c>
+      <c r="B22" t="s">
+        <v>30</v>
       </c>
       <c r="C22"/>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="B23" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="C23"/>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="B24" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="C24"/>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="B25" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="C25"/>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="B26" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="C26"/>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="B27" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="C27"/>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="B28" t="s">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="C28"/>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="B29" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="C29"/>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>193</v>
+        <v>42</v>
+      </c>
+      <c r="B30" t="s">
+        <v>41</v>
       </c>
       <c r="C30"/>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>43</v>
+      </c>
+      <c r="B31" t="s">
+        <v>44</v>
       </c>
       <c r="C31"/>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>165</v>
+        <v>45</v>
+      </c>
+      <c r="B32" t="s">
+        <v>46</v>
       </c>
       <c r="C32"/>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="B33" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="C33"/>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="B34" t="s">
-        <v>57</v>
+        <v>46</v>
       </c>
       <c r="C34"/>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="B35" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="C35"/>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="B36" t="s">
-        <v>61</v>
+        <v>50</v>
       </c>
       <c r="C36"/>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="B37" t="s">
-        <v>63</v>
+        <v>50</v>
       </c>
       <c r="C37"/>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>64</v>
+        <v>53</v>
       </c>
       <c r="B38" t="s">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="C38"/>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="B39" t="s">
-        <v>67</v>
+        <v>50</v>
       </c>
       <c r="C39"/>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>68</v>
+        <v>55</v>
       </c>
       <c r="B40" t="s">
-        <v>69</v>
+        <v>50</v>
       </c>
       <c r="C40"/>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>70</v>
+        <v>56</v>
       </c>
       <c r="B41" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="C41"/>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="B42" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="C42"/>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="B43" t="s">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="C43"/>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="B44" t="s">
-        <v>76</v>
+        <v>50</v>
       </c>
       <c r="C44"/>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>77</v>
+        <v>60</v>
       </c>
       <c r="B45" t="s">
-        <v>76</v>
+        <v>50</v>
       </c>
       <c r="C45"/>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="B46" t="s">
-        <v>79</v>
+        <v>50</v>
       </c>
       <c r="C46"/>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="B47" t="s">
-        <v>79</v>
+        <v>50</v>
       </c>
       <c r="C47"/>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>81</v>
+        <v>63</v>
       </c>
       <c r="B48" t="s">
-        <v>82</v>
+        <v>50</v>
       </c>
       <c r="C48"/>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>83</v>
+        <v>64</v>
       </c>
       <c r="B49" t="s">
-        <v>82</v>
+        <v>65</v>
       </c>
       <c r="C49"/>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>84</v>
+        <v>66</v>
       </c>
       <c r="B50" t="s">
-        <v>82</v>
+        <v>65</v>
       </c>
       <c r="C50"/>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="B51"/>
+        <v>67</v>
+      </c>
+      <c r="B51" t="s">
+        <v>68</v>
+      </c>
       <c r="C51"/>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="B52"/>
+        <v>69</v>
+      </c>
+      <c r="B52" t="s">
+        <v>68</v>
+      </c>
       <c r="C52"/>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="B53"/>
+        <v>70</v>
+      </c>
+      <c r="B53" t="s">
+        <v>68</v>
+      </c>
       <c r="C53"/>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="B54"/>
+        <v>71</v>
+      </c>
+      <c r="B54" t="s">
+        <v>68</v>
+      </c>
       <c r="C54"/>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="B55"/>
+        <v>72</v>
+      </c>
+      <c r="B55" t="s">
+        <v>73</v>
+      </c>
       <c r="C55"/>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="B56"/>
+        <v>74</v>
+      </c>
+      <c r="B56" t="s">
+        <v>75</v>
+      </c>
       <c r="C56"/>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
+        <v>76</v>
+      </c>
+      <c r="B57" t="s">
+        <v>77</v>
+      </c>
+      <c r="C57"/>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" t="s">
+        <v>78</v>
+      </c>
+      <c r="B58" t="s">
+        <v>77</v>
+      </c>
+      <c r="C58"/>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" t="s">
+        <v>79</v>
+      </c>
+      <c r="B59" t="s">
+        <v>80</v>
+      </c>
+      <c r="C59"/>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" t="s">
+        <v>81</v>
+      </c>
+      <c r="B60" t="s">
+        <v>82</v>
+      </c>
+      <c r="C60"/>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" t="s">
+        <v>83</v>
+      </c>
+      <c r="B61" t="s">
+        <v>84</v>
+      </c>
+      <c r="C61"/>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" t="s">
+        <v>85</v>
+      </c>
+      <c r="B62" t="s">
+        <v>84</v>
+      </c>
+      <c r="C62"/>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" t="s">
+        <v>86</v>
+      </c>
+      <c r="B63" t="s">
+        <v>84</v>
+      </c>
+      <c r="C63"/>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" t="s">
+        <v>87</v>
+      </c>
+      <c r="B64" t="s">
+        <v>88</v>
+      </c>
+      <c r="C64"/>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" t="s">
+        <v>89</v>
+      </c>
+      <c r="B65" t="s">
+        <v>90</v>
+      </c>
+      <c r="C65"/>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" t="s">
         <v>91</v>
       </c>
-      <c r="B57"/>
-      <c r="C57"/>
+      <c r="B66" t="s">
+        <v>90</v>
+      </c>
+      <c r="C66"/>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" t="s">
+        <v>92</v>
+      </c>
+      <c r="B67" t="s">
+        <v>90</v>
+      </c>
+      <c r="C67"/>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" t="s">
+        <v>93</v>
+      </c>
+      <c r="B68" t="s">
+        <v>94</v>
+      </c>
+      <c r="C68"/>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" t="s">
+        <v>95</v>
+      </c>
+      <c r="B69" t="s">
+        <v>96</v>
+      </c>
+      <c r="C69"/>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" t="s">
+        <v>97</v>
+      </c>
+      <c r="B70" t="s">
+        <v>96</v>
+      </c>
+      <c r="C70"/>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" t="s">
+        <v>98</v>
+      </c>
+      <c r="B71" t="s">
+        <v>96</v>
+      </c>
+      <c r="C71"/>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" t="s">
+        <v>99</v>
+      </c>
+      <c r="B72" t="s">
+        <v>96</v>
+      </c>
+      <c r="C72"/>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" t="s">
+        <v>100</v>
+      </c>
+      <c r="B73" t="s">
+        <v>96</v>
+      </c>
+      <c r="C73"/>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" t="s">
+        <v>101</v>
+      </c>
+      <c r="B74" t="s">
+        <v>96</v>
+      </c>
+      <c r="C74"/>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" t="s">
+        <v>102</v>
+      </c>
+      <c r="B75" t="s">
+        <v>96</v>
+      </c>
+      <c r="C75"/>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" t="s">
+        <v>103</v>
+      </c>
+      <c r="B76" t="s">
+        <v>96</v>
+      </c>
+      <c r="C76"/>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" t="s">
+        <v>104</v>
+      </c>
+      <c r="B77" t="s">
+        <v>96</v>
+      </c>
+      <c r="C77"/>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" t="s">
+        <v>105</v>
+      </c>
+      <c r="B78" t="s">
+        <v>96</v>
+      </c>
+      <c r="C78"/>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" t="s">
+        <v>106</v>
+      </c>
+      <c r="B79" t="s">
+        <v>96</v>
+      </c>
+      <c r="C79"/>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" t="s">
+        <v>107</v>
+      </c>
+      <c r="B80" t="s">
+        <v>96</v>
+      </c>
+      <c r="C80"/>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" t="s">
+        <v>108</v>
+      </c>
+      <c r="B81" t="s">
+        <v>96</v>
+      </c>
+      <c r="C81"/>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" t="s">
+        <v>109</v>
+      </c>
+      <c r="B82" t="s">
+        <v>96</v>
+      </c>
+      <c r="C82"/>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" t="s">
+        <v>110</v>
+      </c>
+      <c r="B83" t="s">
+        <v>96</v>
+      </c>
+      <c r="C83"/>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" t="s">
+        <v>111</v>
+      </c>
+      <c r="B84" t="s">
+        <v>96</v>
+      </c>
+      <c r="C84"/>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" t="s">
+        <v>112</v>
+      </c>
+      <c r="B85" t="s">
+        <v>113</v>
+      </c>
+      <c r="C85"/>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" t="s">
+        <v>114</v>
+      </c>
+      <c r="B86" t="s">
+        <v>115</v>
+      </c>
+      <c r="C86"/>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" t="s">
+        <v>116</v>
+      </c>
+      <c r="B87" t="s">
+        <v>115</v>
+      </c>
+      <c r="C87"/>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" t="s">
+        <v>117</v>
+      </c>
+      <c r="B88" t="s">
+        <v>118</v>
+      </c>
+      <c r="C88"/>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" t="s">
+        <v>119</v>
+      </c>
+      <c r="B89" t="s">
+        <v>118</v>
+      </c>
+      <c r="C89"/>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" t="s">
+        <v>120</v>
+      </c>
+      <c r="B90" t="s">
+        <v>118</v>
+      </c>
+      <c r="C90"/>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" t="s">
+        <v>121</v>
+      </c>
+      <c r="B91" t="s">
+        <v>118</v>
+      </c>
+      <c r="C91"/>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" t="s">
+        <v>122</v>
+      </c>
+      <c r="B92" t="s">
+        <v>118</v>
+      </c>
+      <c r="C92"/>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" t="s">
+        <v>123</v>
+      </c>
+      <c r="B93" t="s">
+        <v>118</v>
+      </c>
+      <c r="C93"/>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" t="s">
+        <v>124</v>
+      </c>
+      <c r="B94" t="s">
+        <v>125</v>
+      </c>
+      <c r="C94"/>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" t="s">
+        <v>126</v>
+      </c>
+      <c r="B95" t="s">
+        <v>125</v>
+      </c>
+      <c r="C95"/>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" t="s">
+        <v>127</v>
+      </c>
+      <c r="B96" t="s">
+        <v>128</v>
+      </c>
+      <c r="C96"/>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" t="s">
+        <v>129</v>
+      </c>
+      <c r="B97" t="s">
+        <v>128</v>
+      </c>
+      <c r="C97"/>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" t="s">
+        <v>130</v>
+      </c>
+      <c r="B98" t="s">
+        <v>131</v>
+      </c>
+      <c r="C98"/>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" t="s">
+        <v>132</v>
+      </c>
+      <c r="B99" t="s">
+        <v>133</v>
+      </c>
+      <c r="C99"/>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" t="s">
+        <v>134</v>
+      </c>
+      <c r="B100" t="s">
+        <v>135</v>
+      </c>
+      <c r="C100"/>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" t="s">
+        <v>136</v>
+      </c>
+      <c r="B101" t="s">
+        <v>137</v>
+      </c>
+      <c r="C101"/>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" t="s">
+        <v>138</v>
+      </c>
+      <c r="B102" t="s">
+        <v>137</v>
+      </c>
+      <c r="C102"/>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" t="s">
+        <v>139</v>
+      </c>
+      <c r="B103" t="s">
+        <v>140</v>
+      </c>
+      <c r="C103"/>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" t="s">
+        <v>141</v>
+      </c>
+      <c r="B104" t="s">
+        <v>140</v>
+      </c>
+      <c r="C104"/>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" t="s">
+        <v>142</v>
+      </c>
+      <c r="B105" t="s">
+        <v>140</v>
+      </c>
+      <c r="C105"/>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" t="s">
+        <v>143</v>
+      </c>
+      <c r="B106" t="s">
+        <v>140</v>
+      </c>
+      <c r="C106"/>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" t="s">
+        <v>144</v>
+      </c>
+      <c r="B107" t="s">
+        <v>140</v>
+      </c>
+      <c r="C107"/>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" t="s">
+        <v>145</v>
+      </c>
+      <c r="B108" t="s">
+        <v>140</v>
+      </c>
+      <c r="C108"/>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" t="s">
+        <v>146</v>
+      </c>
+      <c r="B109" t="s">
+        <v>140</v>
+      </c>
+      <c r="C109"/>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" t="s">
+        <v>147</v>
+      </c>
+      <c r="B110" t="s">
+        <v>140</v>
+      </c>
+      <c r="C110"/>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" t="s">
+        <v>148</v>
+      </c>
+      <c r="B111" t="s">
+        <v>149</v>
+      </c>
+      <c r="C111"/>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" t="s">
+        <v>150</v>
+      </c>
+      <c r="B112" t="s">
+        <v>151</v>
+      </c>
+      <c r="C112"/>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" t="s">
+        <v>150</v>
+      </c>
+      <c r="B113" t="s">
+        <v>151</v>
+      </c>
+      <c r="C113"/>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" t="s">
+        <v>152</v>
+      </c>
+      <c r="B114" t="s">
+        <v>151</v>
+      </c>
+      <c r="C114"/>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" t="s">
+        <v>153</v>
+      </c>
+      <c r="B115" t="s">
+        <v>154</v>
+      </c>
+      <c r="C115"/>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" t="s">
+        <v>155</v>
+      </c>
+      <c r="B116" t="s">
+        <v>156</v>
+      </c>
+      <c r="C116"/>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" t="s">
+        <v>157</v>
+      </c>
+      <c r="B117" t="s">
+        <v>156</v>
+      </c>
+      <c r="C117"/>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" t="s">
+        <v>158</v>
+      </c>
+      <c r="B118" t="s">
+        <v>156</v>
+      </c>
+      <c r="C118"/>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" t="s">
+        <v>159</v>
+      </c>
+      <c r="B119" t="s">
+        <v>156</v>
+      </c>
+      <c r="C119"/>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" t="s">
+        <v>160</v>
+      </c>
+      <c r="B120" t="s">
+        <v>161</v>
+      </c>
+      <c r="C120"/>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" t="s">
+        <v>162</v>
+      </c>
+      <c r="B121" t="s">
+        <v>161</v>
+      </c>
+      <c r="C121"/>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" t="s">
+        <v>163</v>
+      </c>
+      <c r="B122" t="s">
+        <v>164</v>
+      </c>
+      <c r="C122"/>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" t="s">
+        <v>165</v>
+      </c>
+      <c r="B123" t="s">
+        <v>164</v>
+      </c>
+      <c r="C123"/>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" t="s">
+        <v>166</v>
+      </c>
+      <c r="B124" t="s">
+        <v>164</v>
+      </c>
+      <c r="C124"/>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" t="s">
+        <v>167</v>
+      </c>
+      <c r="B125" t="s">
+        <v>168</v>
+      </c>
+      <c r="C125"/>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" t="s">
+        <v>169</v>
+      </c>
+      <c r="B126" t="s">
+        <v>168</v>
+      </c>
+      <c r="C126"/>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" t="s">
+        <v>170</v>
+      </c>
+      <c r="B127" t="s">
+        <v>168</v>
+      </c>
+      <c r="C127"/>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" t="s">
+        <v>171</v>
+      </c>
+      <c r="B128" t="s">
+        <v>168</v>
+      </c>
+      <c r="C128"/>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" t="s">
+        <v>172</v>
+      </c>
+      <c r="B129" t="s">
+        <v>168</v>
+      </c>
+      <c r="C129"/>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" t="s">
+        <v>173</v>
+      </c>
+      <c r="B130" t="s">
+        <v>168</v>
+      </c>
+      <c r="C130"/>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" t="s">
+        <v>174</v>
+      </c>
+      <c r="B131" t="s">
+        <v>168</v>
+      </c>
+      <c r="C131"/>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" t="s">
+        <v>175</v>
+      </c>
+      <c r="B132" t="s">
+        <v>168</v>
+      </c>
+      <c r="C132"/>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" t="s">
+        <v>176</v>
+      </c>
+      <c r="B133" t="s">
+        <v>168</v>
+      </c>
+      <c r="C133"/>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" t="s">
+        <v>177</v>
+      </c>
+      <c r="B134" t="s">
+        <v>168</v>
+      </c>
+      <c r="C134"/>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" t="s">
+        <v>178</v>
+      </c>
+      <c r="B135" t="s">
+        <v>168</v>
+      </c>
+      <c r="C135"/>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" t="s">
+        <v>179</v>
+      </c>
+      <c r="B136" t="s">
+        <v>168</v>
+      </c>
+      <c r="C136"/>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" t="s">
+        <v>180</v>
+      </c>
+      <c r="B137" t="s">
+        <v>181</v>
+      </c>
+      <c r="C137"/>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" t="s">
+        <v>182</v>
+      </c>
+      <c r="B138" t="s">
+        <v>181</v>
+      </c>
+      <c r="C138"/>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" t="s">
+        <v>183</v>
+      </c>
+      <c r="B139" t="s">
+        <v>184</v>
+      </c>
+      <c r="C139"/>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" t="s">
+        <v>185</v>
+      </c>
+      <c r="B140" t="s">
+        <v>184</v>
+      </c>
+      <c r="C140"/>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" t="s">
+        <v>186</v>
+      </c>
+      <c r="B141" t="s">
+        <v>184</v>
+      </c>
+      <c r="C141"/>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" t="s">
+        <v>187</v>
+      </c>
+      <c r="B142" t="s">
+        <v>184</v>
+      </c>
+      <c r="C142"/>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" t="s">
+        <v>188</v>
+      </c>
+      <c r="B143" t="s">
+        <v>189</v>
+      </c>
+      <c r="C143"/>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" t="s">
+        <v>190</v>
+      </c>
+      <c r="B144" t="s">
+        <v>191</v>
+      </c>
+      <c r="C144"/>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" t="s">
+        <v>192</v>
+      </c>
+      <c r="B145" t="s">
+        <v>193</v>
+      </c>
+      <c r="C145"/>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" t="s">
+        <v>194</v>
+      </c>
+      <c r="B146" t="s">
+        <v>193</v>
+      </c>
+      <c r="C146"/>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" t="s">
+        <v>195</v>
+      </c>
+      <c r="B147" t="s">
+        <v>196</v>
+      </c>
+      <c r="C147"/>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" t="s">
+        <v>197</v>
+      </c>
+      <c r="B148" t="s">
+        <v>198</v>
+      </c>
+      <c r="C148"/>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" t="s">
+        <v>199</v>
+      </c>
+      <c r="B149" t="s">
+        <v>198</v>
+      </c>
+      <c r="C149"/>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" t="s">
+        <v>200</v>
+      </c>
+      <c r="B150" t="s">
+        <v>201</v>
+      </c>
+      <c r="C150"/>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" t="s">
+        <v>202</v>
+      </c>
+      <c r="B151" t="s">
+        <v>201</v>
+      </c>
+      <c r="C151"/>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" t="s">
+        <v>203</v>
+      </c>
+      <c r="B152" t="s">
+        <v>204</v>
+      </c>
+      <c r="C152"/>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" t="s">
+        <v>205</v>
+      </c>
+      <c r="B153" t="s">
+        <v>206</v>
+      </c>
+      <c r="C153"/>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" t="s">
+        <v>207</v>
+      </c>
+      <c r="B154" t="s">
+        <v>206</v>
+      </c>
+      <c r="C154"/>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" t="s">
+        <v>208</v>
+      </c>
+      <c r="B155" t="s">
+        <v>209</v>
+      </c>
+      <c r="C155"/>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" t="s">
+        <v>210</v>
+      </c>
+      <c r="B156" t="s">
+        <v>211</v>
+      </c>
+      <c r="C156"/>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" t="s">
+        <v>212</v>
+      </c>
+      <c r="B157" t="s">
+        <v>213</v>
+      </c>
+      <c r="C157"/>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" t="s">
+        <v>214</v>
+      </c>
+      <c r="B158" t="s">
+        <v>215</v>
+      </c>
+      <c r="C158"/>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" t="s">
+        <v>216</v>
+      </c>
+      <c r="B159" t="s">
+        <v>217</v>
+      </c>
+      <c r="C159"/>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" t="s">
+        <v>218</v>
+      </c>
+      <c r="B160" t="s">
+        <v>219</v>
+      </c>
+      <c r="C160"/>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" t="s">
+        <v>220</v>
+      </c>
+      <c r="B161" t="s">
+        <v>221</v>
+      </c>
+      <c r="C161"/>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" t="s">
+        <v>222</v>
+      </c>
+      <c r="B162" t="s">
+        <v>221</v>
+      </c>
+      <c r="C162"/>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" t="s">
+        <v>223</v>
+      </c>
+      <c r="B163" t="s">
+        <v>221</v>
+      </c>
+      <c r="C163"/>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" t="s">
+        <v>224</v>
+      </c>
+      <c r="B164" t="s">
+        <v>225</v>
+      </c>
+      <c r="C164"/>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" t="s">
+        <v>226</v>
+      </c>
+      <c r="B165" t="s">
+        <v>225</v>
+      </c>
+      <c r="C165"/>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" t="s">
+        <v>227</v>
+      </c>
+      <c r="B166" t="s">
+        <v>225</v>
+      </c>
+      <c r="C166"/>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" t="s">
+        <v>228</v>
+      </c>
+      <c r="B167" t="s">
+        <v>225</v>
+      </c>
+      <c r="C167"/>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" t="s">
+        <v>229</v>
+      </c>
+      <c r="B168" t="s">
+        <v>225</v>
+      </c>
+      <c r="C168"/>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" t="s">
+        <v>230</v>
+      </c>
+      <c r="B169" t="s">
+        <v>225</v>
+      </c>
+      <c r="C169"/>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" t="s">
+        <v>231</v>
+      </c>
+      <c r="B170" t="s">
+        <v>232</v>
+      </c>
+      <c r="C170"/>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" t="s">
+        <v>233</v>
+      </c>
+      <c r="B171" t="s">
+        <v>234</v>
+      </c>
+      <c r="C171"/>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" t="s">
+        <v>235</v>
+      </c>
+      <c r="B172" t="s">
+        <v>234</v>
+      </c>
+      <c r="C172"/>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" t="s">
+        <v>236</v>
+      </c>
+      <c r="B173" t="s">
+        <v>234</v>
+      </c>
+      <c r="C173"/>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" t="s">
+        <v>237</v>
+      </c>
+      <c r="B174" t="s">
+        <v>238</v>
+      </c>
+      <c r="C174"/>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" t="s">
+        <v>239</v>
+      </c>
+      <c r="B175" t="s">
+        <v>238</v>
+      </c>
+      <c r="C175"/>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" t="s">
+        <v>240</v>
+      </c>
+      <c r="B176" t="s">
+        <v>241</v>
+      </c>
+      <c r="C176"/>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" t="s">
+        <v>242</v>
+      </c>
+      <c r="B177" t="s">
+        <v>243</v>
+      </c>
+      <c r="C177"/>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" t="s">
+        <v>244</v>
+      </c>
+      <c r="B178" t="s">
+        <v>245</v>
+      </c>
+      <c r="C178"/>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" t="s">
+        <v>246</v>
+      </c>
+      <c r="B179" t="s">
+        <v>245</v>
+      </c>
+      <c r="C179"/>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" t="s">
+        <v>247</v>
+      </c>
+      <c r="B180" t="s">
+        <v>245</v>
+      </c>
+      <c r="C180"/>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" t="s">
+        <v>248</v>
+      </c>
+      <c r="B181" t="s">
+        <v>249</v>
+      </c>
+      <c r="C181"/>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" t="s">
+        <v>250</v>
+      </c>
+      <c r="B182" t="s">
+        <v>249</v>
+      </c>
+      <c r="C182"/>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" t="s">
+        <v>251</v>
+      </c>
+      <c r="B183" t="s">
+        <v>249</v>
+      </c>
+      <c r="C183"/>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" t="s">
+        <v>252</v>
+      </c>
+      <c r="B184" t="s">
+        <v>249</v>
+      </c>
+      <c r="C184"/>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" t="s">
+        <v>253</v>
+      </c>
+      <c r="B185" t="s">
+        <v>249</v>
+      </c>
+      <c r="C185"/>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" t="s">
+        <v>254</v>
+      </c>
+      <c r="B186" t="s">
+        <v>255</v>
+      </c>
+      <c r="C186"/>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" t="s">
+        <v>256</v>
+      </c>
+      <c r="B187" t="s">
+        <v>257</v>
+      </c>
+      <c r="C187"/>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" t="s">
+        <v>258</v>
+      </c>
+      <c r="B188" t="s">
+        <v>257</v>
+      </c>
+      <c r="C188"/>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" t="s">
+        <v>259</v>
+      </c>
+      <c r="B189" t="s">
+        <v>260</v>
+      </c>
+      <c r="C189"/>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" t="s">
+        <v>261</v>
+      </c>
+      <c r="B190" t="s">
+        <v>260</v>
+      </c>
+      <c r="C190"/>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" t="s">
+        <v>262</v>
+      </c>
+      <c r="B191" t="s">
+        <v>263</v>
+      </c>
+      <c r="C191"/>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" t="s">
+        <v>264</v>
+      </c>
+      <c r="B192" t="s">
+        <v>263</v>
+      </c>
+      <c r="C192"/>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" t="s">
+        <v>265</v>
+      </c>
+      <c r="B193" t="s">
+        <v>266</v>
+      </c>
+      <c r="C193"/>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" t="s">
+        <v>267</v>
+      </c>
+      <c r="B194" t="s">
+        <v>266</v>
+      </c>
+      <c r="C194"/>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" t="s">
+        <v>268</v>
+      </c>
+      <c r="B195" t="s">
+        <v>269</v>
+      </c>
+      <c r="C195"/>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" t="s">
+        <v>270</v>
+      </c>
+      <c r="B196" t="s">
+        <v>269</v>
+      </c>
+      <c r="C196"/>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" t="s">
+        <v>271</v>
+      </c>
+      <c r="B197" t="s">
+        <v>272</v>
+      </c>
+      <c r="C197"/>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" t="s">
+        <v>273</v>
+      </c>
+      <c r="B198" t="s">
+        <v>274</v>
+      </c>
+      <c r="C198"/>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" t="s">
+        <v>275</v>
+      </c>
+      <c r="B199" t="s">
+        <v>276</v>
+      </c>
+      <c r="C199"/>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" t="s">
+        <v>277</v>
+      </c>
+      <c r="B200" t="s">
+        <v>276</v>
+      </c>
+      <c r="C200"/>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" t="s">
+        <v>278</v>
+      </c>
+      <c r="B201" t="s">
+        <v>276</v>
+      </c>
+      <c r="C201"/>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" t="s">
+        <v>279</v>
+      </c>
+      <c r="B202" t="s">
+        <v>276</v>
+      </c>
+      <c r="C202"/>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" t="s">
+        <v>280</v>
+      </c>
+      <c r="B203" t="s">
+        <v>276</v>
+      </c>
+      <c r="C203"/>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" t="s">
+        <v>281</v>
+      </c>
+      <c r="B204" t="s">
+        <v>282</v>
+      </c>
+      <c r="C204"/>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" t="s">
+        <v>283</v>
+      </c>
+      <c r="B205" t="s">
+        <v>282</v>
+      </c>
+      <c r="C205"/>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" t="s">
+        <v>284</v>
+      </c>
+      <c r="B206" t="s">
+        <v>282</v>
+      </c>
+      <c r="C206"/>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" t="s">
+        <v>285</v>
+      </c>
+      <c r="B207" t="s">
+        <v>282</v>
+      </c>
+      <c r="C207"/>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" t="s">
+        <v>286</v>
+      </c>
+      <c r="B208" t="s">
+        <v>282</v>
+      </c>
+      <c r="C208"/>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" t="s">
+        <v>287</v>
+      </c>
+      <c r="B209" t="s">
+        <v>282</v>
+      </c>
+      <c r="C209"/>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" t="s">
+        <v>288</v>
+      </c>
+      <c r="B210" t="s">
+        <v>282</v>
+      </c>
+      <c r="C210"/>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" t="s">
+        <v>289</v>
+      </c>
+      <c r="B211" t="s">
+        <v>282</v>
+      </c>
+      <c r="C211"/>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" t="s">
+        <v>290</v>
+      </c>
+      <c r="B212" t="s">
+        <v>282</v>
+      </c>
+      <c r="C212"/>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" t="s">
+        <v>291</v>
+      </c>
+      <c r="B213" t="s">
+        <v>282</v>
+      </c>
+      <c r="C213"/>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" t="s">
+        <v>292</v>
+      </c>
+      <c r="B214" t="s">
+        <v>282</v>
+      </c>
+      <c r="C214"/>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" t="s">
+        <v>293</v>
+      </c>
+      <c r="B215" t="s">
+        <v>282</v>
+      </c>
+      <c r="C215"/>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" t="s">
+        <v>294</v>
+      </c>
+      <c r="B216" t="s">
+        <v>282</v>
+      </c>
+      <c r="C216"/>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" t="s">
+        <v>295</v>
+      </c>
+      <c r="B217" t="s">
+        <v>282</v>
+      </c>
+      <c r="C217"/>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" t="s">
+        <v>296</v>
+      </c>
+      <c r="B218" t="s">
+        <v>297</v>
+      </c>
+      <c r="C218"/>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" t="s">
+        <v>298</v>
+      </c>
+      <c r="B219" t="s">
+        <v>299</v>
+      </c>
+      <c r="C219"/>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" t="s">
+        <v>300</v>
+      </c>
+      <c r="B220" t="s">
+        <v>299</v>
+      </c>
+      <c r="C220"/>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" t="s">
+        <v>301</v>
+      </c>
+      <c r="B221" t="s">
+        <v>299</v>
+      </c>
+      <c r="C221"/>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" t="s">
+        <v>302</v>
+      </c>
+      <c r="B222" t="s">
+        <v>299</v>
+      </c>
+      <c r="C222"/>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" t="s">
+        <v>303</v>
+      </c>
+      <c r="B223" t="s">
+        <v>299</v>
+      </c>
+      <c r="C223"/>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" t="s">
+        <v>304</v>
+      </c>
+      <c r="B224" t="s">
+        <v>299</v>
+      </c>
+      <c r="C224"/>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" t="s">
+        <v>305</v>
+      </c>
+      <c r="B225" t="s">
+        <v>306</v>
+      </c>
+      <c r="C225"/>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" t="s">
+        <v>307</v>
+      </c>
+      <c r="B226" t="s">
+        <v>306</v>
+      </c>
+      <c r="C226"/>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" t="s">
+        <v>308</v>
+      </c>
+      <c r="B227" t="s">
+        <v>306</v>
+      </c>
+      <c r="C227"/>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" t="s">
+        <v>309</v>
+      </c>
+      <c r="B228" t="s">
+        <v>310</v>
+      </c>
+      <c r="C228"/>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" t="s">
+        <v>311</v>
+      </c>
+      <c r="B229" t="s">
+        <v>312</v>
+      </c>
+      <c r="C229"/>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" t="s">
+        <v>313</v>
+      </c>
+      <c r="B230" t="s">
+        <v>312</v>
+      </c>
+      <c r="C230"/>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" t="s">
+        <v>314</v>
+      </c>
+      <c r="B231" t="s">
+        <v>315</v>
+      </c>
+      <c r="C231"/>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" t="s">
+        <v>316</v>
+      </c>
+      <c r="B232" t="s">
+        <v>315</v>
+      </c>
+      <c r="C232"/>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" t="s">
+        <v>317</v>
+      </c>
+      <c r="B233" t="s">
+        <v>318</v>
+      </c>
+      <c r="C233"/>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" t="s">
+        <v>319</v>
+      </c>
+      <c r="B234" t="s">
+        <v>318</v>
+      </c>
+      <c r="C234"/>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" t="s">
+        <v>320</v>
+      </c>
+      <c r="B235" t="s">
+        <v>321</v>
+      </c>
+      <c r="C235"/>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" t="s">
+        <v>322</v>
+      </c>
+      <c r="B236" t="s">
+        <v>321</v>
+      </c>
+      <c r="C236"/>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" t="s">
+        <v>323</v>
+      </c>
+      <c r="B237" t="s">
+        <v>324</v>
+      </c>
+      <c r="C237"/>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" t="s">
+        <v>325</v>
+      </c>
+      <c r="B238" t="s">
+        <v>326</v>
+      </c>
+      <c r="C238"/>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" t="s">
+        <v>327</v>
+      </c>
+      <c r="B239" t="s">
+        <v>328</v>
+      </c>
+      <c r="C239"/>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" t="s">
+        <v>329</v>
+      </c>
+      <c r="B240" t="s">
+        <v>328</v>
+      </c>
+      <c r="C240"/>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" t="s">
+        <v>330</v>
+      </c>
+      <c r="B241" t="s">
+        <v>328</v>
+      </c>
+      <c r="C241"/>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" t="s">
+        <v>331</v>
+      </c>
+      <c r="B242" t="s">
+        <v>328</v>
+      </c>
+      <c r="C242"/>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" t="s">
+        <v>332</v>
+      </c>
+      <c r="B243" t="s">
+        <v>328</v>
+      </c>
+      <c r="C243"/>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" t="s">
+        <v>333</v>
+      </c>
+      <c r="B244" t="s">
+        <v>334</v>
+      </c>
+      <c r="C244"/>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" t="s">
+        <v>335</v>
+      </c>
+      <c r="B245" t="s">
+        <v>336</v>
+      </c>
+      <c r="C245"/>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" t="s">
+        <v>337</v>
+      </c>
+      <c r="B246" t="s">
+        <v>338</v>
+      </c>
+      <c r="C246"/>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" t="s">
+        <v>339</v>
+      </c>
+      <c r="B247" t="s">
+        <v>338</v>
+      </c>
+      <c r="C247"/>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" t="s">
+        <v>340</v>
+      </c>
+      <c r="B248" t="s">
+        <v>341</v>
+      </c>
+      <c r="C248"/>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" t="s">
+        <v>342</v>
+      </c>
+      <c r="B249" t="s">
+        <v>341</v>
+      </c>
+      <c r="C249"/>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" t="s">
+        <v>343</v>
+      </c>
+      <c r="B250" t="s">
+        <v>341</v>
+      </c>
+      <c r="C250"/>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" t="s">
+        <v>344</v>
+      </c>
+      <c r="B251" t="s">
+        <v>341</v>
+      </c>
+      <c r="C251"/>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" t="s">
+        <v>345</v>
+      </c>
+      <c r="B252" t="s">
+        <v>341</v>
+      </c>
+      <c r="C252"/>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" t="s">
+        <v>346</v>
+      </c>
+      <c r="B253" t="s">
+        <v>347</v>
+      </c>
+      <c r="C253"/>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" t="s">
+        <v>348</v>
+      </c>
+      <c r="B254" t="s">
+        <v>347</v>
+      </c>
+      <c r="C254"/>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" t="s">
+        <v>349</v>
+      </c>
+      <c r="B255" t="s">
+        <v>350</v>
+      </c>
+      <c r="C255"/>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" t="s">
+        <v>351</v>
+      </c>
+      <c r="B256" t="s">
+        <v>350</v>
+      </c>
+      <c r="C256"/>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" t="s">
+        <v>352</v>
+      </c>
+      <c r="B257" t="s">
+        <v>353</v>
+      </c>
+      <c r="C257"/>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" t="s">
+        <v>354</v>
+      </c>
+      <c r="B258" t="s">
+        <v>355</v>
+      </c>
+      <c r="C258"/>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" t="s">
+        <v>356</v>
+      </c>
+      <c r="B259" t="s">
+        <v>357</v>
+      </c>
+      <c r="C259"/>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" t="s">
+        <v>358</v>
+      </c>
+      <c r="B260" t="s">
+        <v>357</v>
+      </c>
+      <c r="C260"/>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" t="s">
+        <v>359</v>
+      </c>
+      <c r="B261" t="s">
+        <v>360</v>
+      </c>
+      <c r="C261"/>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" t="s">
+        <v>361</v>
+      </c>
+      <c r="B262" t="s">
+        <v>360</v>
+      </c>
+      <c r="C262"/>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" t="s">
+        <v>362</v>
+      </c>
+      <c r="B263" t="s">
+        <v>363</v>
+      </c>
+      <c r="C263"/>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" t="s">
+        <v>364</v>
+      </c>
+      <c r="B264" t="s">
+        <v>365</v>
+      </c>
+      <c r="C264"/>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" t="s">
+        <v>366</v>
+      </c>
+      <c r="B265" t="s">
+        <v>365</v>
+      </c>
+      <c r="C265"/>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" t="s">
+        <v>367</v>
+      </c>
+      <c r="B266" t="s">
+        <v>365</v>
+      </c>
+      <c r="C266"/>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" t="s">
+        <v>368</v>
+      </c>
+      <c r="B267" t="s">
+        <v>365</v>
+      </c>
+      <c r="C267"/>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" t="s">
+        <v>369</v>
+      </c>
+      <c r="B268" t="s">
+        <v>370</v>
+      </c>
+      <c r="C268"/>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" t="s">
+        <v>371</v>
+      </c>
+      <c r="B269" t="s">
+        <v>370</v>
+      </c>
+      <c r="C269"/>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" t="s">
+        <v>372</v>
+      </c>
+      <c r="B270" t="s">
+        <v>370</v>
+      </c>
+      <c r="C270"/>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" t="s">
+        <v>373</v>
+      </c>
+      <c r="B271" t="s">
+        <v>370</v>
+      </c>
+      <c r="C271"/>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" t="s">
+        <v>374</v>
+      </c>
+      <c r="B272" t="s">
+        <v>370</v>
+      </c>
+      <c r="C272"/>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" t="s">
+        <v>375</v>
+      </c>
+      <c r="B273" t="s">
+        <v>376</v>
+      </c>
+      <c r="C273"/>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" t="s">
+        <v>377</v>
+      </c>
+      <c r="B274" t="s">
+        <v>376</v>
+      </c>
+      <c r="C274"/>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" t="s">
+        <v>378</v>
+      </c>
+      <c r="B275" t="s">
+        <v>379</v>
+      </c>
+      <c r="C275"/>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" t="s">
+        <v>380</v>
+      </c>
+      <c r="B276" t="s">
+        <v>379</v>
+      </c>
+      <c r="C276"/>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" t="s">
+        <v>381</v>
+      </c>
+      <c r="B277" t="s">
+        <v>379</v>
+      </c>
+      <c r="C277"/>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" t="s">
+        <v>382</v>
+      </c>
+      <c r="B278" t="s">
+        <v>379</v>
+      </c>
+      <c r="C278"/>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" t="s">
+        <v>383</v>
+      </c>
+      <c r="B279" t="s">
+        <v>384</v>
+      </c>
+      <c r="C279"/>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" t="s">
+        <v>385</v>
+      </c>
+      <c r="B280" t="s">
+        <v>384</v>
+      </c>
+      <c r="C280"/>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" t="s">
+        <v>386</v>
+      </c>
+      <c r="B281" t="s">
+        <v>387</v>
+      </c>
+      <c r="C281"/>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" t="s">
+        <v>388</v>
+      </c>
+      <c r="B282" t="s">
+        <v>387</v>
+      </c>
+      <c r="C282"/>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" t="s">
+        <v>389</v>
+      </c>
+      <c r="B283" t="s">
+        <v>387</v>
+      </c>
+      <c r="C283"/>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" t="s">
+        <v>390</v>
+      </c>
+      <c r="B284" t="s">
+        <v>391</v>
+      </c>
+      <c r="C284"/>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" t="s">
+        <v>392</v>
+      </c>
+      <c r="B285" t="s">
+        <v>391</v>
+      </c>
+      <c r="C285"/>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" t="s">
+        <v>393</v>
+      </c>
+      <c r="B286" t="s">
+        <v>391</v>
+      </c>
+      <c r="C286"/>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" t="s">
+        <v>394</v>
+      </c>
+      <c r="B287" t="s">
+        <v>391</v>
+      </c>
+      <c r="C287"/>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" t="s">
+        <v>395</v>
+      </c>
+      <c r="B288" t="s">
+        <v>391</v>
+      </c>
+      <c r="C288"/>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" t="s">
+        <v>396</v>
+      </c>
+      <c r="B289" t="s">
+        <v>397</v>
+      </c>
+      <c r="C289"/>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" t="s">
+        <v>398</v>
+      </c>
+      <c r="B290" t="s">
+        <v>399</v>
+      </c>
+      <c r="C290"/>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" t="s">
+        <v>400</v>
+      </c>
+      <c r="B291" t="s">
+        <v>399</v>
+      </c>
+      <c r="C291"/>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" t="s">
+        <v>401</v>
+      </c>
+      <c r="B292" t="s">
+        <v>402</v>
+      </c>
+      <c r="C292"/>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" t="s">
+        <v>403</v>
+      </c>
+      <c r="B293" t="s">
+        <v>404</v>
+      </c>
+      <c r="C293"/>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" t="s">
+        <v>405</v>
+      </c>
+      <c r="B294" t="s">
+        <v>404</v>
+      </c>
+      <c r="C294"/>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" t="s">
+        <v>406</v>
+      </c>
+      <c r="B295" t="s">
+        <v>404</v>
+      </c>
+      <c r="C295"/>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" t="s">
+        <v>407</v>
+      </c>
+      <c r="B296" t="s">
+        <v>404</v>
+      </c>
+      <c r="C296"/>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" t="s">
+        <v>408</v>
+      </c>
+      <c r="B297" t="s">
+        <v>404</v>
+      </c>
+      <c r="C297"/>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" t="s">
+        <v>409</v>
+      </c>
+      <c r="B298" t="s">
+        <v>404</v>
+      </c>
+      <c r="C298"/>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" t="s">
+        <v>410</v>
+      </c>
+      <c r="B299" t="s">
+        <v>404</v>
+      </c>
+      <c r="C299"/>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" t="s">
+        <v>411</v>
+      </c>
+      <c r="B300" t="s">
+        <v>404</v>
+      </c>
+      <c r="C300"/>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" t="s">
+        <v>412</v>
+      </c>
+      <c r="B301" t="s">
+        <v>404</v>
+      </c>
+      <c r="C301"/>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" t="s">
+        <v>413</v>
+      </c>
+      <c r="B302" t="s">
+        <v>404</v>
+      </c>
+      <c r="C302"/>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" t="s">
+        <v>414</v>
+      </c>
+      <c r="B303" t="s">
+        <v>404</v>
+      </c>
+      <c r="C303"/>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" t="s">
+        <v>415</v>
+      </c>
+      <c r="B304" t="s">
+        <v>404</v>
+      </c>
+      <c r="C304"/>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" t="s">
+        <v>416</v>
+      </c>
+      <c r="B305" t="s">
+        <v>404</v>
+      </c>
+      <c r="C305"/>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" t="s">
+        <v>417</v>
+      </c>
+      <c r="B306" t="s">
+        <v>404</v>
+      </c>
+      <c r="C306"/>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" t="s">
+        <v>418</v>
+      </c>
+      <c r="B307" t="s">
+        <v>404</v>
+      </c>
+      <c r="C307"/>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" t="s">
+        <v>419</v>
+      </c>
+      <c r="B308" t="s">
+        <v>420</v>
+      </c>
+      <c r="C308"/>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" t="s">
+        <v>421</v>
+      </c>
+      <c r="B309" t="s">
+        <v>420</v>
+      </c>
+      <c r="C309"/>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" t="s">
+        <v>422</v>
+      </c>
+      <c r="B310" t="s">
+        <v>423</v>
+      </c>
+      <c r="C310"/>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" t="s">
+        <v>424</v>
+      </c>
+      <c r="B311" t="s">
+        <v>425</v>
+      </c>
+      <c r="C311"/>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" t="s">
+        <v>426</v>
+      </c>
+      <c r="B312" t="s">
+        <v>427</v>
+      </c>
+      <c r="C312"/>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" t="s">
+        <v>428</v>
+      </c>
+      <c r="B313" t="s">
+        <v>427</v>
+      </c>
+      <c r="C313"/>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" t="s">
+        <v>429</v>
+      </c>
+      <c r="B314" t="s">
+        <v>427</v>
+      </c>
+      <c r="C314"/>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" t="s">
+        <v>430</v>
+      </c>
+      <c r="B315" t="s">
+        <v>427</v>
+      </c>
+      <c r="C315"/>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" t="s">
+        <v>431</v>
+      </c>
+      <c r="B316" t="s">
+        <v>432</v>
+      </c>
+      <c r="C316"/>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" t="s">
+        <v>433</v>
+      </c>
+      <c r="B317" t="s">
+        <v>434</v>
+      </c>
+      <c r="C317"/>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" t="s">
+        <v>435</v>
+      </c>
+      <c r="B318" t="s">
+        <v>436</v>
+      </c>
+      <c r="C318"/>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" t="s">
+        <v>437</v>
+      </c>
+      <c r="B319" t="s">
+        <v>438</v>
+      </c>
+      <c r="C319"/>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" t="s">
+        <v>439</v>
+      </c>
+      <c r="B320" t="s">
+        <v>440</v>
+      </c>
+      <c r="C320"/>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" t="s">
+        <v>441</v>
+      </c>
+      <c r="B321" t="s">
+        <v>440</v>
+      </c>
+      <c r="C321"/>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" t="s">
+        <v>442</v>
+      </c>
+      <c r="B322" t="s">
+        <v>440</v>
+      </c>
+      <c r="C322"/>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" t="s">
+        <v>443</v>
+      </c>
+      <c r="B323" t="s">
+        <v>440</v>
+      </c>
+      <c r="C323"/>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" t="s">
+        <v>444</v>
+      </c>
+      <c r="B324" t="s">
+        <v>445</v>
+      </c>
+      <c r="C324"/>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" t="s">
+        <v>446</v>
+      </c>
+      <c r="B325" t="s">
+        <v>445</v>
+      </c>
+      <c r="C325"/>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" t="s">
+        <v>447</v>
+      </c>
+      <c r="B326" t="s">
+        <v>445</v>
+      </c>
+      <c r="C326"/>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" t="s">
+        <v>448</v>
+      </c>
+      <c r="B327" t="s">
+        <v>445</v>
+      </c>
+      <c r="C327"/>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" t="s">
+        <v>449</v>
+      </c>
+      <c r="B328" t="s">
+        <v>450</v>
+      </c>
+      <c r="C328"/>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" t="s">
+        <v>451</v>
+      </c>
+      <c r="B329" t="s">
+        <v>450</v>
+      </c>
+      <c r="C329"/>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" t="s">
+        <v>452</v>
+      </c>
+      <c r="B330" t="s">
+        <v>450</v>
+      </c>
+      <c r="C330"/>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" t="s">
+        <v>453</v>
+      </c>
+      <c r="B331" t="s">
+        <v>454</v>
+      </c>
+      <c r="C331"/>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" t="s">
+        <v>455</v>
+      </c>
+      <c r="B332" t="s">
+        <v>456</v>
+      </c>
+      <c r="C332"/>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" t="s">
+        <v>457</v>
+      </c>
+      <c r="B333" t="s">
+        <v>458</v>
+      </c>
+      <c r="C333"/>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" t="s">
+        <v>459</v>
+      </c>
+      <c r="B334" t="s">
+        <v>460</v>
+      </c>
+      <c r="C334"/>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" t="s">
+        <v>461</v>
+      </c>
+      <c r="B335" t="s">
+        <v>462</v>
+      </c>
+      <c r="C335"/>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" t="s">
+        <v>463</v>
+      </c>
+      <c r="B336" t="s">
+        <v>462</v>
+      </c>
+      <c r="C336"/>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" t="s">
+        <v>464</v>
+      </c>
+      <c r="B337" t="s">
+        <v>465</v>
+      </c>
+      <c r="C337"/>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" t="s">
+        <v>466</v>
+      </c>
+      <c r="B338" t="s">
+        <v>467</v>
+      </c>
+      <c r="C338"/>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" t="s">
+        <v>468</v>
+      </c>
+      <c r="B339" t="s">
+        <v>469</v>
+      </c>
+      <c r="C339"/>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" t="s">
+        <v>470</v>
+      </c>
+      <c r="B340" t="s">
+        <v>471</v>
+      </c>
+      <c r="C340"/>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" t="s">
+        <v>472</v>
+      </c>
+      <c r="B341" t="s">
+        <v>473</v>
+      </c>
+      <c r="C341"/>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" t="s">
+        <v>474</v>
+      </c>
+      <c r="B342" t="s">
+        <v>473</v>
+      </c>
+      <c r="C342"/>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" t="s">
+        <v>475</v>
+      </c>
+      <c r="B343" t="s">
+        <v>473</v>
+      </c>
+      <c r="C343"/>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" t="s">
+        <v>476</v>
+      </c>
+      <c r="B344" t="s">
+        <v>473</v>
+      </c>
+      <c r="C344"/>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" t="s">
+        <v>477</v>
+      </c>
+      <c r="B345" t="s">
+        <v>473</v>
+      </c>
+      <c r="C345"/>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" t="s">
+        <v>478</v>
+      </c>
+      <c r="B346" t="s">
+        <v>473</v>
+      </c>
+      <c r="C346"/>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" t="s">
+        <v>479</v>
+      </c>
+      <c r="B347" t="s">
+        <v>480</v>
+      </c>
+      <c r="C347"/>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" t="s">
+        <v>481</v>
+      </c>
+      <c r="B348" t="s">
+        <v>482</v>
+      </c>
+      <c r="C348"/>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" t="s">
+        <v>483</v>
+      </c>
+      <c r="B349" t="s">
+        <v>484</v>
+      </c>
+      <c r="C349"/>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" t="s">
+        <v>485</v>
+      </c>
+      <c r="B350" t="s">
+        <v>484</v>
+      </c>
+      <c r="C350"/>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" t="s">
+        <v>486</v>
+      </c>
+      <c r="B351" t="s">
+        <v>487</v>
+      </c>
+      <c r="C351"/>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" t="s">
+        <v>488</v>
+      </c>
+      <c r="B352" t="s">
+        <v>489</v>
+      </c>
+      <c r="C352"/>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" t="s">
+        <v>490</v>
+      </c>
+      <c r="B353" t="s">
+        <v>489</v>
+      </c>
+      <c r="C353"/>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" t="s">
+        <v>491</v>
+      </c>
+      <c r="B354" t="s">
+        <v>489</v>
+      </c>
+      <c r="C354"/>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" t="s">
+        <v>492</v>
+      </c>
+      <c r="B355" t="s">
+        <v>489</v>
+      </c>
+      <c r="C355"/>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" t="s">
+        <v>493</v>
+      </c>
+      <c r="B356" t="s">
+        <v>489</v>
+      </c>
+      <c r="C356"/>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" t="s">
+        <v>494</v>
+      </c>
+      <c r="B357" t="s">
+        <v>489</v>
+      </c>
+      <c r="C357"/>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" t="s">
+        <v>495</v>
+      </c>
+      <c r="B358" t="s">
+        <v>489</v>
+      </c>
+      <c r="C358"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>