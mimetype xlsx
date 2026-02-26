--- v4 (2026-01-29)
+++ v5 (2026-02-26)
@@ -12,1538 +12,807 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="496">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="252">
   <si>
     <t>Decrição</t>
   </si>
   <si>
-    <t>Data</t>
+    <t>Número</t>
   </si>
   <si>
     <t>VER</t>
   </si>
   <si>
-    <t>EDITAL COMPLETO - INEXIGIBILIDADE DE LICITAÇÃO Nº 031/2025 - CREDENCIAMENTO Nº 008/2025Contratação de Serviço de Conserto de Pneus, Recapagem, Recauchutagem e Vulcanização, em atendimento a demanda das Secretarias Municipais.</t>
-[...1475 lines deleted...]
-    <t>ATA DE REGISTRO DE PREÇOS Nº 001/2025 - PREGÃO ELETRÔNICO Nº 035/2024Registro de Preços para Futura e Eventual Aquisição de Material Permanente, em atendimento a demanda das Secretarias Municipais.</t>
+    <t>ADESÃO A ATA DE REGISTRO DE PREÇOS Nº 010/2025Registro de preços para futura aquisição de Kits de Material Escolar para distribuição aos alunos matriculados na Pré-Escola, Ensino Fundamental I e Ensino Fundamental II da Rede Municipal de Ensino de Figueiropolis D’oeste – MT.</t>
+  </si>
+  <si>
+    <t>0096/2025</t>
+  </si>
+  <si>
+    <t>CONCORRÊNCIA PÚBLICA PRESENCIAL Nº 04/2025Contratação de empresa para execução de serviços de mão de obra na recuperação de pavimentação, micro revestimento em vias urbanas no Município de Figueiropolis D’oeste – MT, em conformidade com o Termo de Convênio nº 2522-2025 firmado entre o município de Figueiropolis D’oeste – MT e a Secretaria de Estado de Infraestrutura e Logística de Mato Grosso - SINFRA.</t>
+  </si>
+  <si>
+    <t>0094/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 092/2025CONTRATAÇÃO DE PESSOA JURÍDICA PARA AQUISIÇÃO DE AMBULÂNCIA DE SIMPLES REMOÇÃO (TIPO A), VEICULO NOVO TIPO PICK UP ANO/MODELO 2025/2025, EM ATENDIMENTO A SECRETARIA MUNICIPAL DE SAÚDE DE FIGUEIROPOLIS D’OESTE – MT, de acordo com as especificações e nas condições estabelecidas no Pregão Eletrônico nº 007/2025 da Prefeitura Municipal de Terezópolis de Goiás – GO.</t>
+  </si>
+  <si>
+    <t>0092/2025</t>
+  </si>
+  <si>
+    <t>ADESÃO A ATA DE REGISTRO DE PREÇOS Nº 09/2025Contratação de Empresa Especializada para Prestação de Serviços na Confecção de material gráfico em geral, para atender as demandas das diversas Secretarias e Fundos Municipais do Município de Figueiropolis D’oeste</t>
+  </si>
+  <si>
+    <t>0087/2025</t>
+  </si>
+  <si>
+    <t>PREGÃO PRESENCIAL SRP Nº 015/2025“REGISTRO DE PREÇO PARA FUTURA E EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE SERVIÇOS DE BUFFET PARA EVENTOS REALIZADOS PELA PREFEITURA MUNICIPAL DE FIGUEIROPOLIS DOESTE-MT”, conforme as condições estabelecidas no Termo de Referência Anexo I deste Edital.</t>
+  </si>
+  <si>
+    <t>0086/2025</t>
+  </si>
+  <si>
+    <t>PREGÃO PRESENCIAL SRP Nº 013/2025Registro de Preços para Futura e Eventual Contratação de Pessoa Jurídica para Aquisição de Veículos zero km, veículos tipo Minibus com capacidade de 15 lugares mais motorista para atender a demanda da Secretaria Municipal de Saúde do Município de Figueiropolis D’oeste – MT, conforme especificações e quantitativos constantes no presente Edital, seu Termo de Referência e demais anexos</t>
+  </si>
+  <si>
+    <t>0082/2025</t>
+  </si>
+  <si>
+    <t>PREGÃO PRESENCIAL Nº 016/2025Registro de Preços visando a Contratação empresas para futura e eventual fornecimento de tubo galvanizado em chapa 11 em aço com medida de 07 metros e braço 2M ornamental em chapa de aço galvanizado para atender a demanda da Secretaria Municipal de Infraestrutura e Obras do Município de Figueirópolis D’Oeste-MT, conforme as condições estabelecidas no Termo de Referência Anexo I deste Edital.</t>
+  </si>
+  <si>
+    <t>0081/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 080/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA VISANDO A EXECUÇÃO DE ADEQUAÇÃO DE ESTRADAS VICINAIS NO MUNICÍPIO DE FIGUEIROPOLIS D’OESTE – MT, ATRAVÉS DO CNTRATO DE REPASSE Nº 955522/2023/MIDR/CAIXA, CONFORME ESPECIFICAÇÕES TÉCNICAS CONSTANTES NO PROJETO BÁSICO E DEMAIS ANEXOS DO EDITAL.</t>
+  </si>
+  <si>
+    <t>0080/2025</t>
+  </si>
+  <si>
+    <t>ADESÃO A ATA DE REGISTRO DE PREÇOS Nº 08/2025CONTRATAÇÃO DE PESSOA JURÍDICA PARA AQUISIÇÃO DE AMBULÂNCIA DE SIMPLES REMOÇÃO (TIPO A), VEICULO NOVO TIPO PICK UP ANO/MODELO 2025/2025, EM ATENDIMENTO A SECRETARIA MUNICIPAL DE SAÚDE DE FIGUEIROPOLIS D’OESTE – MT, de acordo com as especificações e nas condições estabelecidas no Pregão Eletrônico nº 007/2025 da Prefeitura Municipal de Terezópolis de Goiás – GO</t>
+  </si>
+  <si>
+    <t>0079/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 079/2025Aquisição de aparelhos de ar condicionado tipo split inverter, com capacidade de 18.000 BTUs, com instalação completa, visando atender às necessidades das unidades escolares vinculadas à Secretaria Municipal de Educação do Município de Figueiropolis D’Oeste/MT</t>
+  </si>
+  <si>
+    <t>PREGÃO PRESENCIAL SRP Nº 012/2025REGISTRO DE PREÇO PARA FUTURA E EVENTUAL AQUISIÇÃO DE
+ônibus Escolar novo, 0 km nas normas CONAMA EUROVI antipoluição de 51 lugares. Sendo 49 passageiros + 2 (motorista e auxiliar), Ar condicionado/condensador no teto, motor com 157 cv,  PBT de 8.700 kg, Comprimento 9.150 mm, câmbio Eaton com 06 marchas à frente e 1 à ré, farol dianteiro com luz alta e luz baixas separados, distância entre eixos 4.500, Rodas 6,00x17,5 com dimensões dos pneus de 215/75R 17,S, altura interna 1.900, suspensão dian</t>
+  </si>
+  <si>
+    <t>0078/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 078/2025Contratação de empresa especializada na prestação de serviços de estrutura de eventos, incluindo montagem, desmontagem, fornecimento de mobiliário, palco, iluminação, som, tendas, banheiros químicos e demais itens necessários, para a realização do Encontro da Mulher Rural 2025 do Município de Figueiropolis d'Oeste/MT</t>
+  </si>
+  <si>
+    <t>PREGÃO PRESENCIAL SRP Nº 011/2025Registro de Preços para Futura e Eventual Contratação de Pessoa Jurídica para Aquisição de Produtos de lenho para atender a demanda da Secretaria Municipal de Infraestrutura e Obras do Município de Figueiropolis D’oeste – MT</t>
+  </si>
+  <si>
+    <t>0077/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 077/2025Contratação de empresa visando a prestação de serviços de arbitragem esportiva para atender as demandas da secretaria municipal de esportes e lazer da prefeitura de Figueiropolis D’oeste-MT”,</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 076/2025Contratação de pessoa jurídica para aquisição de EQUIPAMENTO DESTINADO AO FORNECIMENTO DE LIQUIDO PARA CONSUMO HUMANO E DE ANIMAIS DE ESTIMAÇÃO COM AS SEGUINTES CARACTERISTICAS E CONJUNTOS INTEGRADOS DE ESPAÇOS: ESPAÇO NA PARTE FRONTAL PARA LIBERAÇÃO ATRAVÉS DE PULSO (BOTÃO) DE ÁGUA PARA CONSUMO HUMANO, COM TEMPÉRIES DE 2º A 10º, COM ILUMINAÇÃO DE LED, CAPACIDADE DE REGRIGERAÇÃO 40L/H; ESPAÇO NA PARTE FRONTAL PARA LIBERAÇÃO ATRAVES DE PULSON (BOTÃO) DE ÁGUA PARA CONSUMO HUMANO, COM TEMPERATURA N</t>
+  </si>
+  <si>
+    <t>0076/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 075/2025Contratação de empresa para prestação de serviços locação de caminhão tanque (burro preto) espargidor de asfalto com combustível por conta da contratante, para atender a demanda da secretaria municipal de infraestrutura e obras do município de Figueiropolis d’oeste – MT, na aplicação de CM-30 e RL-2C no bairro Jardim Paraiso, no Município de Figueiropolis D’oeste – MT</t>
+  </si>
+  <si>
+    <t>0075/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 074/2025Contratação de Pessoa Jurídica especializada no fornecimento de Materiais de origem de britamento de pedra para atender a demanda da Secretaria Municipal de obras do Município de Figueiropolis D’oeste – MT.</t>
+  </si>
+  <si>
+    <t>0074/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 073/2025Contratação de Pessoa Jurídica especializada em Aquisição de materiais de construção (cimento, luvas de fofo e tubos de fofo) destinados a atender às necessidades da Secretaria de Infraestrutura e Obras e do Departamento de Água do Município de Figueiropolis D’oeste/MT.</t>
+  </si>
+  <si>
+    <t>0073/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 072/2025O presente contrato tem por objeto a aquisição de uniformes e fardamentos destinados aos Bombeiros Mirins do Programa Educacional do Município de Figueiropolis d’Oeste/MT</t>
+  </si>
+  <si>
+    <t>0072/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 071/20251.1.	Constitui objeto do presente Termo de Contrato compra de serviços de profissionais da área da Saúde, modalidade psicóloga - 40 (quarenta) horas semanais, conforme solicitação do Município via Oficio Nº 085/2025/SMS/FIG.</t>
+  </si>
+  <si>
+    <t>0071/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 070/2025contratação de empresa especializada no fornecimento de Uniformes e Tênis Escolares com as especificações e quantitativos constantes no Termo de Referência para Atender a Demanda da Secretaria Municipal de Educação do Município de Figueirópolis D’oeste – MT</t>
+  </si>
+  <si>
+    <t>0070/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 069/2025Contratação de empresa especializada na prestação de serviços de comunicação visual, compreendendo a confecção, instalação e manutenção de placas indicativas em adesivo, lonas, banners e adesivos impressos, destinados a atender às necessidades de sinalização e comunicação institucional da Secretaria Municipal de Administração</t>
+  </si>
+  <si>
+    <t>0069/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 068/2025Contrato compra de serviços de profissionais da área da Saúde, modalidade de técnico de enfermagem - 40 (quarenta) horas semanais.</t>
+  </si>
+  <si>
+    <t>0068/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 067-2025Contratação de show artístico regional por intermédio de empresa detentora da exclusividade do artista, cujo o objeto trata-se de Show artístico musical com a dupla AMAURY E VALDINEY, a ser realizado no dia 20 de julho de 2025, nas festividades de comemoração da Queima do Alho da 29º Festa do Peão de Figueirópolis D’oeste – MT.</t>
+  </si>
+  <si>
+    <t>0067/2025</t>
+  </si>
+  <si>
+    <t>PREGÃO PRESENCIAL SRP Nº 010/2025Registro de Preço para contratação de pessoa jurídica Especializada na prestação de serviços com fornecimento de infraestrutura necessária à realização de eventos e festividades para o município de Figueiropolis D’oeste-MT, conforme condições, quantidades e exigências estabelecidas neste instrumento</t>
+  </si>
+  <si>
+    <t>0066/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 066-2025Contratação de show artístico regional por intermédio de empresa detentora da exclusividade do artista, cujo o objeto trata-se de Show artístico musical com a dupla MARCOS E RAY, a ser realizado no dia 19 de julho de 2025, nas festividades de comemoração da Escolha da Rainha da 29º Festa do Peão de Figueirópolis D’oeste – MT.</t>
+  </si>
+  <si>
+    <t>PREGÃO PRESENCIAL SRP Nº 08/2025REGISTRO DE PREÇOS PARA CONTRATAÇÃO DE SERVIÇOS CONTÍNUOS DE FORNECIMENTO DE SISTEMA INTEGRADO DE GESTÃO DE FROTA, ASSOCIADO A UMA AMPLA REDE CREDENCIADA DE OFICINAS MECÂNICAS E AUTO PEÇAS, COM VISTAS A ATENDER  AS  NECESSIDADES  DE  MANUTENÇÃO  PREVENTIVA  E CORRETIVA FORNECIMENTO DE PEÇAS E ACESSÓRIOS PARA OS VEÍCULOS OFICIAIS DA PREFEITURA DE FIGUEIROPOLIS D’OESTE - MT.</t>
+  </si>
+  <si>
+    <t>0065/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 065-2025O objeto do presente contrato de prestação de serviços de mídia indoor é de informar o munícipe e público em geral de todas as atividades do executivo, de assuntos de utilidade pública, campanhas publicitárias, notícias e demais informações de interesse público, visando transparência e maior interação entre o Poder Executivo Municipal e a comunidade.</t>
+  </si>
+  <si>
+    <t>PREGÃO PRESENCIAL SRP Nº 09/2025Registro de Preço para contratação de empresa prestadora de serviços para locação, montagem, instalação elétrica, manutenção e retirada de decoração, incluindo o transporte para o município de Figueiropolis D’oeste-MT, conforme condições, quantidades e exigências estabelecidas neste instrumento</t>
+  </si>
+  <si>
+    <t>0064/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 064/2025Contratação de empresa para a Prestação de Serviços de mão de obra para substituição de pontes de madeira por bueiros tubulares metálicos no Município de Figueirópolis D’oeste – MT.</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 063/2025Contratação de pessoa jurídica para aquisição futura e fracionada de materiais de informática para atender a demanda das diversas secretarias municipais do Município de Figueiropolis D’oeste - MT</t>
+  </si>
+  <si>
+    <t>0063/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 062-2025Contratação de pessoa jurídica para a aquisição de material laboratorial para atender a demanda do laboratório municipal de saúde.</t>
+  </si>
+  <si>
+    <t>0062/2025</t>
+  </si>
+  <si>
+    <t>ADESÃO A ATA DE REGISTRO DE PREÇOS Nº 06/2025Contratação de pessoa jurídica para aquisição de EQUIPAMENTO DESTINADO AO FORNECIMENTO DE LIQUIDO PARA CONSUMO HUMANO E DE ANIMAIS DE ESTIMAÇÃO COM AS SEGUINTES CARACTERISTICAS E CONJUNTOS INTEGRADOS DE ESPAÇOS: ESPAÇO NA PARTE FRONTAL PARA LIBERAÇÃO ATRAVÉS DE PULSO (BOTÃO) DE ÁGUA PARA CONSUMO HUMANO, COM TEMPÉRIES DE 2º A 10º, COM ILUMINAÇÃO DE LED, CAPACIDADE DE REGRIGERAÇÃO 40L/H; ESPAÇO NA PARTE FRONTAL PARA LIBERAÇÃO ATRAVES DE PULSON (BOTÃO) DE ÁGUA PARA CONSUMO HUMANO, COM TEMPERATURA N</t>
+  </si>
+  <si>
+    <t>0061/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 061-2025Contratação de Pessoa Jurídica especializada em sondagem geotécnica de subleito de ruas, topografia e licenciamento ambiental das ruas do Município de Figueirópolis d'oeste – MT.</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 060-2025Contratação de show artístico nacional por intermédio de empresa detentora da exclusividade do artista, cujo o objeto trata-se de Show artístico musical com a Dupla JADS E JADSON, a ser realizado no dia 24 de julho de 2025, nas festividades de comemoração da 29º Festa do Peão de Figueirópolis D’oeste – MT.</t>
+  </si>
+  <si>
+    <t>0060/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 059-2025Contratação de show artístico nacional por intermédio de empresa detentora da exclusividade do artista, cujo o objeto trata-se de Show artístico musical com a Dupla BRENNO REIS E MARCO VIOLA, a ser realizado no dia 26 de julho de 2025, nas festividades de comemoração da 29º Festa do Peão de Figueirópolis D’oeste – MT.</t>
+  </si>
+  <si>
+    <t>0059/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 058-2025Contratação de show artístico regional por intermédio de empresa detentora da exclusividade do artista, cujo o objeto trata-se de Show artístico musical com a Banda INOVAÇÃO, a serem realizados nos dias 24 e 25 de julho de 2025, nas festividades de comemoração da 29º Festa do Peão de Figueirópolis D’oeste - MT.</t>
+  </si>
+  <si>
+    <t>0058/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 057-2025Contratação de show artístico regional por intermédio de empresa detentora da exclusividade do artista, cujo o objeto trata-se de Show artístico musical com o cantor CESINHA MELLO, a serem realizados nos dias 25 e 26 de julho de 2025, nas festividades de comemoração da 29º Festa do Peão de Figueirópolis D’oeste - MT.</t>
+  </si>
+  <si>
+    <t>0057/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 056/2025Contratação de empresa para fornecimento de serviços na confecção de camisas e camisetas conforme descrições constantes do Edital de Pregão Presencial nº 06/2024 e seus anexos, bem como das propostas elaboradas pela CONTRATADA</t>
+  </si>
+  <si>
+    <t>0056/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 055/2025Contratação de pessoa jurídica para Aquisição de material penso e insumos hospitalares para atender as demandas diárias em atendimento as necessidades da secretaria municipal da saúde, conforme condições, quantidades e exigências estabelecidas neste instrumento Contratual</t>
+  </si>
+  <si>
+    <t>0055/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 054/2025PRESTAÇÃO DE SERVIÇOS ADVOCATÍCIOS ESPECIALIZADOS, INCLUINDO AS ATIVIDADES PERICIAIS, DESTINADOS AO AJUIZAMENTO E CONDUÇÃO DE AÇÕES JUDICIAIS COM VISTAS A OBTER, PARA O MUNICÍPIO, A RECUPERAÇÃO DE VALORES QUE FORAM SUBTRAÍDOS DA BASE DE CÁLCULO NACIONAL A TÍTULO DE PROGRAMAS SUBVENCIONADOS E OUTRAS FORMAS, RELATIVAMENTE AOS ÚLTIMOS 60 MESES.</t>
+  </si>
+  <si>
+    <t>0054/2025</t>
+  </si>
+  <si>
+    <t>PREGÃO PRESENCIAL SRP Nº 07/2025Registro de preços para futura e eventual aquisição de gêneros perecíveis e não perecíveis para atender a demanda das diversas secretarias do Município de Figueiropolis D’Oeste-MT, conforme Termo de Referência, Anexo I deste Edital</t>
+  </si>
+  <si>
+    <t>0053/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 053/2025CONTRATAÇÃO DE EMPRESA PARA REALIZAÇÃO DE SERVIÇOS TÉCNICO ESPECIALIZADOS NA ASSESSORIA E CONSULTORIA QUANTO A POSSIBILIDADE DE RECUPERAÇÃO DE VALORES DE IMPOSTO DE RENDA QUE O MUNICIPIO PODERIA TER SE APROPRIADO COMO RENDA NOS ÚLTIMOS 60 MESES</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 052/2025PRESTAÇÃO DE SERVIÇOS TÉCNICOS ESPECIALIZADOS DE ASSESSORIA E CONSULTORIA DESTINADOS À RECUPERAÇÃO DE VALORES DA CONTRIBUIÇÕES PREVIDENCIÁRIAS SOBRE O RAT/FAT E SOBRE O SALÁRIO MATERNIDADE, PAGAS A MAIOR PELO MUNICÍPIO NOS ÚLTIMOS 60 MESES</t>
+  </si>
+  <si>
+    <t>0052/2025</t>
+  </si>
+  <si>
+    <t>CONCORRÊNCIA PUBLICA Nº 03/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA VISANDO A EXECUÇÃO DE ADEQUAÇÃO DE ESTRADAS VICINAIS NO MUNICÍPIO DE FIGUEIROPOLIS D’OESTE – MT, ATRAVÉS DO CONTRATO DE REPASSE Nº 955522/2023/MIDR/CAIXA, CONFORME ESPECIFICAÇÕESTÉCNICAS CONSTANTES NO PROJETO BÁSICO E DEMAIS ANEXOS DO EDITAL</t>
+  </si>
+  <si>
+    <t>0050/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 048/2025Contratação de Empresa Para a Prestação do Serviço de a Construção de Ponte Mista (metálica /concreto armado), com as seguintes coordenadas: LATITUDE: 15°29'58.19"S / LONGITUDE: 58°40'28.17"O W, na comunidade do Santo Reis no Município de Figueirópolis D’oeste – MT.</t>
+  </si>
+  <si>
+    <t>0048/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 07/2025“REGISTRO DE PREÇOS PARA EVENTUAL E/OU FUTURA AQUISIÇÃO DE COMBUSTÍVEL COM FORNECIMENTO CONTÍNUO E FRACIONADO, NA BOMBA, DE ACORDO COM O DESCRITO NO ANEXO I DO EDITAL.</t>
+  </si>
+  <si>
+    <t>0047/2025</t>
+  </si>
+  <si>
+    <t>PREGÃO PRESENCIAL Nº 06/2025REGISTRO DE PREÇO PARA FUTURA AQUISIÇÃO DE COMBUSTIVEIS PARA ATENDER A DEMANDA DAS SECRETARIAS MUNICÍPAIS E DO PAÇO MUNICIPAL DO MUNICIPIO DE FIGUEIRÓPOLIS DOESTE-MT”, DENTRO DO ÂMBITO MUNICIPAL, conforme disposto no presente edital, e Termo de Referência Anexo I deste Edital.</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 047-2025Contratação de pessoa jurídica para a prestação de serviços e fornecimento de materiais para aquisição e manutenção de portas de vidro temperado de correr com puxador, bem como vidro – do tipo visor fixo, visando atender as necessidades do Poupa Tempo e Instituto Gênius, conforme a demanda das Secretarias Municipais de Administração e Saúde do Município de Figueirópolis D’Oeste/MT</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 046-2025O presente instrumento tem por objeto aquisição de medicamentos e insumos para atender a demanda do município solicitante.</t>
+  </si>
+  <si>
+    <t>0046/2025</t>
+  </si>
+  <si>
+    <t>ADESÃO A ATA DE REGISTRO DE PREÇOS Nº 04/2025CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO FUTURA E FRACIONADA DE MATERIAIS DE INFORMÁTICA PARA ATENDER A DEMANDA DAS DIVERSAS SECRETARIAS MUNICIPAIS DO MUNICÍPIO DE FIGUEIRÓPOLIS D’OESTE - MT.</t>
+  </si>
+  <si>
+    <t>0045/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 045/2025Contratação de pessoa jurídica para fornecimento de uma Bomba BEW 80/6 V01 ANSI b16.5 150 LB RF, com vazão de 0m3/h, vaz3/h, vazão padrão 0m3/h, altura manométrica 48.60 mca, rotação 1750 RPM, NPSH disponível 150 MCA, conforme condições, quantidades e exigências estabelecidas neste instrumento Contratual.</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 044/2025Contratação de empresa para execução de serviços de mão de obra e fornecimento de materiais na Construção de Calçadas, sarjetas, drenagem superficial e sinalização viária em vias públicas no Município de Figueiropolis D’oeste - MT, conforme condições, quantidades e exigências estabelecidas no Projeto Básico e Termo de Referência.</t>
+  </si>
+  <si>
+    <t>0044/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 043-2025É objeto do presente contrato, o credenciamento de empresas para prestação de Serviços de Diagnóstico por LABORATORIO CLINICO E/OU CITOPATOLOGIA, de forma complementar ao Sistema Único de Saúde-SUS, para atender as demandas da Secretaria de Municipal de Saúde de Figueirópolis D’Oeste-MT.</t>
+  </si>
+  <si>
+    <t>0043/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 042-2025É objeto do presente contrato, o credenciamento de empresas para prestação de Serviços de Diagnóstico por LABORATORIO CLINICO E/OU CITOPATOLOGIA, de forma complementar ao Sistema Único de Saúde-SUS, para atender as demandas da Secretaria de Municipal de Saúde de Figueirópolis D’Oeste-MT.</t>
+  </si>
+  <si>
+    <t>0042/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 041-2025Contratação de software antivírus, para atender as necessidades de todos os computadores do poder executivo do Município de Figueirópolis d’Oeste – MT.</t>
+  </si>
+  <si>
+    <t>0041/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 040-2025Contratação de Pessoa Jurídica especializada em manutenção e limpeza em poços artesianos nas comunidades rurais do Município de Figueirópolis d'oeste – MT.</t>
+  </si>
+  <si>
+    <t>0040/2025</t>
+  </si>
+  <si>
+    <t>PREGÃO PRESENCIAL Nº 05/2025Contratação de empresa para a Prestação de Serviços de mão de obra para substituição de pontes de madeira por bueiros tubulares metálicos no Município de Figueiropolis D’oeste – MT</t>
+  </si>
+  <si>
+    <t>0039/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 039-2025Contratação de pessoa jurídica para Aquisição emergencial de solução de limpeza laboratorial para garantir o atendimento e suprir as necessidades da Secretaria Municipal de Saúde no atendimento à população de Figueirópolis D’oeste – MT, conforme condições, quantidades e exigências estabelecidas neste instrumento Contratual.</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 038-2025Contratação de show artístico regional por intermédio de empresa detentora da exclusividade do artista, cujo o objeto trata-se de Show artístico musical com a banda STILO POP SOM, a ser realizado no dia 20 de abril de 2025, nas festividades de comemoração do 54º aniversário de Figueirópolis D’oeste – MT.</t>
+  </si>
+  <si>
+    <t>0038/2025</t>
+  </si>
+  <si>
+    <t>ADESÃO A ATA DE REGISTRO DE PREÇOS Nº 03/2025Contratação de Empresa Especializada para Prestação de Serviços na Confecção de Camisas e Camisetas, para atender as demandas das diversas Secretarias e Fundos Municipais do Município de Figueiropolis D’oeste – MT.</t>
+  </si>
+  <si>
+    <t>0037/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 037-2025INEXIGIBILIDADE DE LICITAÇÃO PARA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇOS TÉCNICOS PROFISSIONAIS COM NOTÓRIA ESPECIALIZAÇÃO PARA PATROCÍNIO DE PROCESSOS E ASSESSORAMENTO PERANTE ÓRGÃOS DE CONTROLE EXTERNO, ORIENTAÇÃO, APOIO ADMINISTRATIVO E ASSESSORIA JURÍDICO-ADMINISTRATIVA PARA ATENDER ÀS DEMANDAS DO MUNICÍPIO JUNTO ÀS SUAS SECRETARIAS E GABINETE DO PREFEITO</t>
+  </si>
+  <si>
+    <t>ADESÃO A ATA DE REGISTRO DE PREÇOS Nº 02/2025Contratação de pessoa jurídica para aquisição de material penso (medicamentos e insumos) de acordo com as especificações e nas condições estabelecidas no ato convocatório, para atender a demanda da Secretaria Municipal de Saúde do Município de Figueiropolis D’oeste – MT.</t>
+  </si>
+  <si>
+    <t>0036/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 036/2025Contratação de pessoa jurídica para desenvolvimento, implantação e manutenção da LGPD no domínio oficial e serviços na internet do município de Figueiropolis D’oeste – MT.</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITAÇÃO Nº 034/2025Contratação de empresa especializada na confecção de canecas de alumínio personalizadas e bolsas ecobag personalizadas, visando atender a demanda da Secretaria Municipal de Meio Ambiente e Desenvolvimento no evento da Mulher Rural.</t>
+  </si>
+  <si>
+    <t>0035/2025</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE DE LICITAÇÃO Nº 011/2025Contratação de serviços técnico-profissionais especializados de Recuperação de Créditos, valores pagos indevidamente, objeto que se pretende contratar destina-se à elevação da receita e não à realização de despesa, ainda que se tenha que pagar pelo êxito que venha a ser eventualmente obtido, todavia não haverá necessidade de desembolso senão em face do ingresso efetivo de recursos ou da compensação dos créditos obtidos com dívidas do Município junto à União.</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 035/2025Contratação de pessoa jurídica para acompanhamento de execução, elaboração e preparação de documentos necessários para prestação de contas parcial e final de convênios firmados entre o município e as secretarias do Governo do Estado de Mato Grosso e do Governo Federal, através das plataformas SIGCON e TRANSFERE GOV.BR, até sua aprovação final.</t>
+  </si>
+  <si>
+    <t>AVISO DE DISPENSA DE LICITAÇÃO Nº 034/2025Contratação de empresa especializada na confecção de canecas de alumínio personalizadas e bolsas ecobag personalizadas, visando atender a demanda da Secretaria Municipal de Meio Ambiente e Desenvolvimento no evento da Mulher Rural.</t>
+  </si>
+  <si>
+    <t>0034/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 034-2025O presente termo tem por objeto repasse do superávit de recursos financeiros para repassar os valores da Assistência Financeira Complementar advindos da União, destinados ao cumprimento do piso salarial nacional de enfermeiros, técnicos e auxiliares de enfermagem e parteiras, instituído pela Lei 14.434/2022, Portaria GM/MS nº 1.135 de 16 de agosto de 2023 e Lei Municipal Nº 1.882/2023.</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITAÇÃO Nº 033/2025CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE UMA ESTAÇÃO DE TRATAMENTO DE ÁGUA (ETA) COM FORNECIMENTO DE MÃO DE OBRA DE INSTALAÇÃO PARA O MUNICÍPIO DE FIGUEIROPOLIS D’OESTE - MT, conforme condições, quantidades e exigências estabelecidas neste Edital de Contratação Direta e seus anexos</t>
+  </si>
+  <si>
+    <t>0033/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 033-2025CONTRATAÇÃO DE SHOW ARTÍSTICO REGIONAL POR INTERMÉDIO DE EMPRESA DETENTORA DA EXCLUSIVIDADE DO ARTISTA, CUJO O OBJETO TRATA-SE DE SHOW ARTÍSTICO MUSICAL COM O CANTOR GUILHERME PRADO, A SER REALIZADO NO DIA 19 DE ABRIL DE 2025, NAS FESTIVIDADES DE COMEMORAÇÃO DO 54º ANIVERSÁRIO DE FIGUEIRÓPOLIS D’OESTE – MT.</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 032-2025CONTRATAÇÃO DE SHOW ARTÍSTICO NACIONAL POR INTERMÉDIO DE EMPRESA DETENTORA DA EXCLUSIVIDADE DO ARTISTA, CUJO O OBJETO TRATA-SE DE SHOW ARTÍSTICO MUSICAL COM A DUPLA PEDRO PAULO &amp; ALEX, A SER REALIZADO NO DIA 20 DE ABRIL DE 2025, NAS FESTIVIDADES DE COMEMORAÇÃO DO 54º ANIVERSÁRIO DE FIGUEIRÓPOLIS D’OESTE – MT.</t>
+  </si>
+  <si>
+    <t>0032/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE DISPENSA DE LICITAÇÃO Nº 031/2025CONTRATAÇÃO DE EMPRESA PARA A PRESTAÇÃO DE SERVIÇOS DE PUBLICAÇÃO DE ATOS OFICIAIS (PUBLICIDADE LEGAL), EDITAIS E AVISOS DE LICITAÇÃO DO MUNICÍPIO DE FIGUEIRÓPOLIS D’OESTE/MT, EM JORNAL DIÁRIO DE GRANDE CIRCULAÇÃO E JORNAL DIÁRIO OFICIAL DA UNIÃO.</t>
+  </si>
+  <si>
+    <t>0031/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 031-2025CONTRATAÇÃO DE SHOW ARTÍSTICO REGIONAL POR INTERMÉDIO DE EMPRESA DETENTORA DA EXCLUSIVIDADE DO ARTISTA, CUJO O OBJETO TRATA-SE DE SHOW ARTÍSTICO MUSICAL COM A DUPLA JONATHAN &amp; ADAM, A SER REALIZADO NO DIA 21 DE ABRIL DE 2025, NAS FESTIVIDADES DE COMEMORAÇÃO DO 54º ANIVERSÁRIO DE FIGUEIRÓPOLIS D’OESTE – MT.</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 030-2025CONTRATAÇÃO DE SHOW ARTÍSTICO REGIONAL POR INTERMÉDIO DE EMPRESA DETENTORA DA EXCLUSIVIDADE DO ARTISTA, CUJO O OBJETO TRATA-SE DE SHOW ARTÍSTICO MUSICAL COM A BANDA ERRE SOM, A SER REALIZADO NO DIA 19 DE ABRIL DE 2025, NAS FESTIVIDADES DE COMEMORAÇÃO DO 54º ANIVERSÁRIO DE FIGUEIRÓPOLIS D’OESTE – MT.</t>
+  </si>
+  <si>
+    <t>0030/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 029-2025CONTRATAÇÃO DE SHOW ARTÍSTICO NACIONAL POR INTERMÉDIO DE EMPRESA DETENTORA DA EXCLUSIVIDADE DO ARTISTA, CUJO O OBJETO TRATA-SE DE SHOW ARTÍSTICO MUSICAL COM O CANTOR THIAGO JHONATHAN, A SER REALIZADO NO DIA 19 DE ABRIL DE 2025, NAS FESTIVIDADES DE COMEMORAÇÃO DO 54º ANIVERSÁRIO DE FIGUEIRÓPOLIS D’OESTE – MT.</t>
+  </si>
+  <si>
+    <t>0029/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 028-2025CONSTITUI OBJETO DO PRESENTE TERMO DE CONTRATO COMPRA DE SERVIÇOS DE PROFISSIONAIS DA ÁREA DA SAÚDE, MODALIDADE ODONTOLOGISTA - 40 (QUARENTA) HORAS SEMANAIS, CONFORME SOLICITAÇÃO DO MUNICÍPIO VIA OFICIO Nº 14/2025/SMS/FIG.</t>
+  </si>
+  <si>
+    <t>0028/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 027-2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM SEGURO TOTAL DE VEÍCULOS, POR MEIO DE PROCESSO LICITATÓRIO, COM COBERTURA CONTRA DANOS MATERIAIS RESULTANTES DE SINISTROS DE ROUBO OU FURTO, COLISÃO, INCÊNDIO, DANOS CAUSADOS PELA NATUREZA, ATOS DANOSOS PRATICADOS POR TERCEIROS E ASSISTÊNCIA 24 HORAS, PARA OS VEÍCULOS PERTENCENTES À FROTA DO MUNICÍPIO DE FIGUEIRÓPOLIS D’OESTE – MT, NAS CONDIÇÕES ESTABELECIDAS NO TERMO DE REFERÊNCIA.</t>
+  </si>
+  <si>
+    <t>0027/2025</t>
+  </si>
+  <si>
+    <t>PREGÃO PRESENCIAL SRP N. 04/2025Registro de preço para futura e eventual aquisição de ambulância tipo caminhonete 4x4, ambulância UTI tipo D e veículo van 16 lugares.</t>
+  </si>
+  <si>
+    <t>0026/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 026-2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA AQUISIÇÃO DE HERBICIDAS AGRÍCOLAS, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE INFRAESTRUTURA E OBRAS DO MUNICÍPIO DE FIGUEIRÓPOLIS D’OESTE – MT.</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 025-2025O PRESENTE TERMO TEM POR OBJETO REPASSE DE RECURSOS FINANCEIROS PARA REPASSAR OS VALORES DA ASSISTÊNCIA FINANCEIRA COMPLEMENTAR ADVINDOS DA UNIÃO, DESTINADOS AO CUMPRIMENTO DO PISO SALARIAL NACIONAL DE ENFERMEIROS, TÉCNICOS E AUXILIARES DE ENFERMAGEM E PARTEIRAS, INSTITUÍDO PELA LEI 14.434/2022, PORTARIA GM/MS Nº 1.135 DE 16 DE AGOSTO DE 2023 E LEI MUNICIPAL Nº 1.882/2023, REFERENTE AO EXERCICIO DE 2025, OU ATÉ DURAR O REPASSE.</t>
+  </si>
+  <si>
+    <t>0025/2025</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITAÇÃO Nº 027/2025CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS LOCAÇÃO DE CAMINHÃO TANQUE (BURRO PRETO) ESPEGEADOR DE ALFALTO COM OPERADOR E COMBUSTIVEL POR CONTA DA CONTRATANTE, PARA ATENDER A DEMANDA DA SECRETARIA MUNICIPAL DE INFRAESTRUTURA E OBRAS DO MUNICIPIO DE FIGUEIROPOLIS D’OESTE – MT, NA APLICAÇÃO DE CM-30 E RL-2C NO BAIRRO JARDIM PARAISO.</t>
+  </si>
+  <si>
+    <t>0024/2025</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITAÇÃO Nº 024/2025CONTRATAÇÃO DE PESSOA JURÍDICA ESPECIALIZADA NO FORNECIMENTO DE MATERIAIS DE ORIGEM DE BRITAMENTO DE PEDRA PARA ATENDER A DEMANDA DA SECRETARIA MUNICIPAL DE OBRAS DO MUNICÍPIO DE FIGUEIRÓPOLIS D’OESTE – MT.</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 024-2025CONTRATAÇÃO DE PESSOA JURÍDICA PARA AQUISIÇÃO DE INJETÁVEIS E INSUMOS HOSPITALARES PARA ATENDER AS DEMANDAS DIÁRIAS EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DA SAÚDE, CONFORME CONDIÇÕES, QUANTIDADES E EXIGÊNCIAS ESTABELECIDAS NESTE INSTRUMENTO CONTRATUAL.</t>
+  </si>
+  <si>
+    <t>EDITAL DE CONCORRÊNCIA PÚBLICA Nº 02/2025Contratação de Empresa Para a Prestação do Serviço de a Construção de Ponte Mista (metálica /concreto armado), com as seguintes coordenadas: LATITUDE: 15°29'58.19"S / LONGITUDE: 58°40'28.17"O W, na comunidade do Santo Reis no Município de Figueiropolis D’oeste – MT</t>
+  </si>
+  <si>
+    <t>0023/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 023-2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM SEGURO TOTAL DE VEÍCULOS, POR MEIO DE PROCESSO LICITATÓRIO, COM COBERTURA CONTRA DANOS MATERIAIS RESULTANTES DE SINISTROS DE ROUBO OU FURTO, COLISÃO, INCÊNDIO, DANOS CAUSADOS PELA NATUREZA, ATOS DANOSOS PRATICADOS POR TERCEIROS E ASSISTÊNCIA 24 HORAS, PARA 21 (VINTE E UM) VEÍCULOS PERTENCENTES À FROTA DO MUNICÍPIO DE FIGUEIRÓPOLIS D’OESTE – MT., NAS CONDIÇÕES ESTABELECIDAS NO TERMO DE REFERÊNCIA.</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 022-2025CONTRATAÇÃO DE EMPRESA  ESPECIALIZADA DE CONSULTORIA NA ÁREA PÚBLICA DE SAÚDE E LOCAÇÃO DE LICENÇA PARA USO DE SOFTWARE – SAÚDE PÚBLICA, MODULO INDICADORES DE GESTÃO EM SAÚDE.</t>
+  </si>
+  <si>
+    <t>0022/2025</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE DE LICITAÇÃO Nº 021/2025Contratação de empresa especializada em consultoria técnica em gestão pública em saúde, com foco nas áreas de planejamento, contabilidade, jurídica e monitoramento de indicadores estratégicos, bem como implantação, suporte técnico e licenciamento de plataforma digital específica para acompanhamento de dados da Atenção Primária à Saúde (APS).</t>
+  </si>
+  <si>
+    <t>0021/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 021-2025CONTRATAÇÃO DE SERVIÇO ESPECIALIZADO EM MINISTRAR AULAS DE EDUCAÇÃO FÍSICA, ESPORTE, GINASTICA AERÓBICA, PARA CRIANÇAS, ADOLESCENTES E IDOSOS. ATENDENDO AS NECESSIDADES DA SECRETARIA DE ASSISTÊNCIA SOCIAL.</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITAÇÃO Nº 020/2025Contratação de empresa especializada na prestação de serviços de comunicação visual, compreendendo a confecção, instalação e manutenção de placas indicativas em adesivo, lonas, banners e adesivos impressos, destinados a atender às necessidades de sinalização e comunicação institucional da Secretaria Municipal de Administração.</t>
+  </si>
+  <si>
+    <t>0020/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE DISPENSA DE LICITAÇÃO Nº 020/2025 + TERMO DE REFERÊNCIAContratação de empresa especializada na prestação de serviços de comunicação visual, compreendendo a confecção, instalação e manutenção de placas indicativas em adesivo, lonas, banners e adesivos impressos, destinados a atender às necessidades de sinalização e comunicação institucional da Secretaria Municipal de Administração.</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 020-2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA FORNECIMENTO DE ESTRUTURAS DE PALCO, SOM E ILUMINAÇÃO PARA A REALIZAÇÃO DO EVENTO "ENCONTRO DE VIOLEIROS", PARA ATENDER A DEMANDA DA SECRETARIA MUNICIPAL DE CULTURA, TURISMO E COMUNICAÇÃO DE FIGUEIRÓPOLIS D’OESTE – MT.</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITAÇÃO Nº 019/2025CONTRATAÇÃO DE PESSOA JURÍDICA PARA A AQUISIÇÃO EMERGÊNCIAL DE UM TRANSFORMADOR ELÉTRICO DE 75KVA, CONFORME ESPECIFICAÇÕES E CONDIÇÕES DESCRITAS NO TERMO DE REFERÊNCIA.</t>
+  </si>
+  <si>
+    <t>0019/2025</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE DE LICITAÇÃO Nº 019/2025Contratação de show artístico regional por intermédio de empresa detentora da exclusividade do artista, cujo o objeto trata-se de Show artístico musical com a dupla AMAURY E VALDINEY, a ser realizado no dia 20 de julho de 2025, nas festividades de comemoração da Queima do Alho da 29º Festa do Peão de Figueirópolis D’oeste – MT.</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 019-2025CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS DE TRANSPORTE RODOVIARIO DE MAQUINAS PESADAS ATRAVES DE CAMINHÃO TIPO PRANCHA, COM MOTORISTA E COMBUSTIVEL POR CONTA DA CONTRATADA, APARA ATENDER A DEMANDA DA SECRETARIA MUNICIPAL DE INFRAESTRUTURA E OBRAS DO MUNICIPIO DE FIGUEIROPOLIS D’OESTE – MT.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE DE LICITAÇÃO Nº 018/2025Contratação de show artístico regional por intermédio de empresa detentora da exclusividade do artista, cujo o objeto trata-se de Show artístico musical com a dupla MARCOS E RAY, a ser realizado no dia 19 de julho de 2025, nas festividades de comemoração da Escolha da Rainha da 29º Festa do Peão de Figueirópolis D’oeste – MT.</t>
+  </si>
+  <si>
+    <t>0018/2025</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITAÇÃO Nº 018/2025Contratação de empresa nos serviços de mídia indoor e de informar o munícipe e público em geral de todas as atividades do executivo, de assuntos de utilidade pública, campanhas publicitárias, notícias e demais informações de interesse público, visando transparência e maior interação entre o Poder Executivo Municipal e a comunidade.</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 018-2025PRESTAÇÃO DE SERVIÇOS TÉCNICOS ESPECIALIZADOS EM ENGENHARIA PARA A ELABORAÇÃO DO PROJETO BÁSICO E EXECUTIVO PARA ADEQUAÇÃO DE ESTRADAS VICINAIS NO MUNICÍPIO DE FIGUEIRÓPOLIS D’OESTE – MT, COM ÁREA DE APROXIMADAMENTE 220 KM CONFORME TERMO DE REFERÊNCIA - TR Nº. 01/2024</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITAÇÃO Nº 017/2025Contratação de Pessoa Jurídica para fornecimento de equipamentos, materiais e serviços para sondagem geotécnica de subleito de ruas, topografia e licenciamento ambiental das ruas do Município de Figueirópolis D’oeste – MT.</t>
+  </si>
+  <si>
+    <t>0017/2025</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE DE LICITAÇÃO Nº 017/2025Contratação de show artístico nacional por intermédio de empresa detentora da exclusividade do artista, cujo o objeto trata-se de Show artístico musical com a Dupla JADS E JADSON, a ser realizado no dia 24 de julho de 2025, nas festividades de comemoração da 29º Festa do Peão de Figueirópolis D’oeste – MT.</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 017-2025A PRESTAR À CONTRATANTE OS SERVIÇOS DE PRESTAÇÃO DE SERVIÇOS FUNERÁRIOS E O FORNECIMENTO DE URNAS E MATERIAIS FUNERÁRIOS CONTIDOS NO ANEXO – I DO EDITAL DE CREDENCIAMENTO Nº 01/2025, PROCESSO DE INEXIGIBILIDADE Nº 01/2025 QUE FICA FAZENDO PARTE INTEGRANTE DESSE CONTRATO INDEPENDENTEMENTE DE SUA TRANSCRIÇÃO.</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITAÇÃO Nº 016/2025AQUISIÇÃO DE MATERIAL LABORATORIAL PARA ATENDER A DEMANDA DO LABORATORIO MUNICIPAL DE SAUDE.</t>
+  </si>
+  <si>
+    <t>0016/2025</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE DE LICITAÇÃO Nº 016/2025Contratação de show artístico nacional por intermédio de empresa detentora da exclusividade do artista, cujo o objeto trata-se de Show artístico musical com a Dupla BRENNO REIS E MARCO VIOLA, a ser realizado no dia 29 de julho de 2025, nas festividades de comemoração da 29º Festa do Peão de Figueirópolis D’oeste – MT.</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 016-2025CONTRATAÇÃO DE PESSOA JURÍDICA PARA, EM ADMINISTRAÇÃO EXECUTAR SERVIÇOS DE ASSESSORIA E CONSULTORIA DE LEVANTAMENTO, ANÁLISE, CONFERÊNCIA E ACOMPANHAMENTO DAS INFORMAÇÕES ECONÔMICA-FISCAIS DO MUNICÍPIO QUE SÃO UTILIZADAS PELA SEFAZ, PARA APURAÇÃO DO VALOR ADICIONADO DO MUNICÍPIO, E DEMAIS PARÂMETROS DO COMPUTO DO IPM/ICMS, CONFORME DISCRIMINADO NO TERMO DE REFERÊNCIA ANEXO AO EDITAL DE PREGÃO PRESENCIAL Nº 01/2024 DO MUNICÍPIO DE VALE DE SÃO DOMINGOS QUE FAZEM PARTE INTEGRANTE DO PRESENTE CONTRA</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE DE LICITAÇÃO Nº 015/2025Contratação de show artístico regional por intermédio de empresa detentora da exclusividade do artista, cujo o objeto trata-se de Show artístico musical com a Banda INOVAÇÃO, a serem realizados nos dias 24 e 25 de julho de 2025, nas festividades de comemoração da 29º Festa do Peão de Figueirópolis D’oeste – MT.</t>
+  </si>
+  <si>
+    <t>0015/2025</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITAÇÃO Nº 015/2025Contratação de pessoa jurídica para fornecimento de uma Bomba BEW 80/6 V01 ANSI b16.5 150 LB RF, com vazão de 0m3/h, vaz3/h, vazão padrão 0m3/h, altura manométrica 48.60 mca, rotação 1750 RPM, NPSH disponível 150 MCA, conforme condições, quantidades e exigências estabelecidas no Termo referência.</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 015-2025COMPRA DE SERVIÇOS DE PROFISSIONAIS DA ÁREA DA SAÚDE, MODALIDADE DE TÉCNICOS DE ENFERMAGEM - 40 (QUARENTA) HORAS SEMANAIS, CONFORME SOLICITAÇÃO DO MUNICÍPIO VIA OFICIO Nº 13/2025/SMS/FIG.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE DE LICITAÇÃO Nº 014/2025Contratação de show artístico regional por intermédio de empresa detentora da exclusividade do artista, cujo o objeto trata-se de Show artístico musical com o cantor CESINHA MELLO, a serem realizados nos dias 25 e 26 de julho de 2025, nas festividades de comemoração da 29º Festa de Peão de Figueirópolis D’oeste – MT.</t>
+  </si>
+  <si>
+    <t>0014/2025</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITAÇÃO Nº 014/2025Contratação de pessoa jurídica para a prestação de serviços e fornecimento de materiais para aquisição e manutenção de portas de vidro temperado de correr com puxador, bem como vidro – do tipo visor fixo, visando atender as necessidades do Poupa Tempo e Instituto Gênius, conforme a demanda das Secretarias Municipais de Administração e Saúde do Município de Figueirópolis D’Oeste/MT.</t>
+  </si>
+  <si>
+    <t>AVISO DE DISPENSA DE LICITAÇÃO Nº 014/2025 + TERMO DE REFERÊNCIAA Prefeitura de Figueirópolis DOeste anuncia a contratação de serviços e materiais para instalação de portas de vidro temperado, visando atender as Secretarias Municipais de Administração e Saúde.</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITÇÃO Nº 07/2025Contratação de pessoa jurídica para Aquisição de Injetáveis e insumos hospitalares para atender as demandas diárias em atendimento as necessidades da secretaria municipal da saúde</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 014-2025COMPRA DE SERVIÇOS DE PROFISSIONAIS DA ÁREA DA SAÚDE, MODALIDADE DE PLANTÕES DE ENFERMEIROS E TECNICOS DE ENFERMAGEM 12 (DOZE) HORAS COM 1 (UMA) HORA DE DESCANSO, CONFORME SOLICITAÇÃO DO MUNICÍPIO VIA OFICIO Nº 07/2025/SMS/FIG.</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 013-2025COMPRA DE SERVIÇOS DE PROFISSIONAIS DA ÁREA DA SAÚDE, MODALIDADE DE MEDICO CLINICO GERAL - 40 (QUARENTA) HORAS SEMANAIS, CONFORME SOLICITAÇÃO DO MUNICÍPIO VIA OFICIO Nº 10/2025/SMS/FIG.</t>
+  </si>
+  <si>
+    <t>0013/2025</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITAÇÃO Nº 012/2025AQUISIÇÃO EMERGENCIAL DE SOLUÇÃO DE LIMPEZA LABORATORIAL PARA GARANTIR O ATENDIMENTO E SUPRIR AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SAÚDE NO ATENDIMENTO A POPULAÇÃO DE FIGUEIROPOLIS D’OESTE – MT.</t>
+  </si>
+  <si>
+    <t>0012/2025</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE DE LICITAÇÃO Nº 012/2025Contratação de show artístico regional por intermédio de empresa detentora da exclusividade do artista, cujo o objeto trata-se de Show artístico musical com a banda STILO POP SOM, a ser realizado no dia 20 de abril de 2025, nas festividades de comemoração do 54º aniversário de Figueirópolis D’oeste – MT.</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 012-2025CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE SERVIÇOS DE SUSTENTO AS ATIVIDADES DAS DIVERSAS SECRETARIAS DO MUNICÍPIO DE FIGUEIRÓPOLIS D’OESTE – MT, CONFORME DESCRIÇÕES CONSTANTES DO EDITAL DE PREGÃO PRESENCIAL Nº 01/2025 E SEUS ANEXOS, BEM COMO DAS PROPOSTAS ELABORADAS PELA CONTRATADA, QUE SE TORNAM PARTES INTEGRANTES DO PRESENTE CONTRATO, INDEPENDENTE DE TRANSCRIÇÃO.</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITAÇÃO Nº 011/2025CONTRATAÇÃO DE SOFTWARE ANTIVÍRUS, PARA ATENDER AS NECESSIDADES DE TODOS OS COMPUTADORES DO PODER EXECUTIVO DO MUNICÍPIO DE FIGUEIRÓPOLIS D’OESTE – MT.</t>
+  </si>
+  <si>
+    <t>0011/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE DISPENSA DE LICITAÇÃO Nº 011/2025 + TERMO DE REFERÊNCIACONTRATAÇÃO DE SOFTWARE ANTIVÍRUS, PARA ATENDER AS NECESSIDADES DE TODOS OS COMPUTADORES DO PODER EXECUTIVO DO MUNICÍPIO DE FIGUEIRÓPOLIS D’OESTE – MT.</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 011-2025O PRESENTE INSTRUMENTO TEM POR OBJETO AQUISIÇÃO DE MEDICAMENTOS E INSUMOS PARA ATENDER A DEMANDA DO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>EDITAL DE INEXIGIBILIDADE Nº 010/2025CONTRATAÇÃO DE SERVIÇOS TÉCNICOS PROFISSIONAIS ESPECIALIZADOS, POR EMPRESA OU ESCRITÓRIO DE ADVOCACIA DE NOTÓRIA ESPECIALIZAÇÃO, PARA O PATROCÍNIO DE PROCESSOS ADMINISTRATIVOS E PRESTAÇÃO DE ASSESSORIA TÉCNICA JURÍDICA ESPECIALIZADA PERANTE O TRIBUNAL DE CONTAS DO ESTADO DE MATO GROSSO (TCE/MT)</t>
+  </si>
+  <si>
+    <t>0010/2025</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITAÇÃO Nº 010/2025Contratação de empresa especializada em seguro total de veículos, por meio de processo licitatório, em conformidade com o art. 75 Inciso VIII da Lei 14.133/2021, por emergência em virtude que os veículos alocados nas Secretarias de Educação e Saúde estão totalmente desprovidos de cobertura de seguros, visto que esses veículos transportam diariamente vidas, sendo alunos e pacientes que necessitam desses transportes. A proposta deverá ter cobertura contra danos materiais resultantes de sinistros d</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 010/2025Constitui objeto do presente Contrato de Rateio as despesas gerais e manutenção da PATRULHA RODOVIÁRIA, objeto do Plano de Trabalho do Convênio SINFRA/MT, relativo ao apoio à Contratante na manutenção e conservação das Rodovias Estaduais não pavimentadas no âmbito do município de Figueiropolis D’Oeste e eventuais demandas dos Município.</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITAÇÃO Nº 09/2025Contratação de pessoa jurídica para Contratação de pessoa jurídica para desenvolvimento, implantação e manutenção da LGPD no domínio oficial e serviços na internet do município de Figueiropolis D’oeste – MT</t>
+  </si>
+  <si>
+    <t>0009/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 009-2025COMPRA DE SERVIÇOS DE PROFISSIONAIS DA ÁREA DA SAÚDE, MODALIDADE DE ENFERMEIRO - 40 (QUARENTA) HORAS SEMANAIS, CONFORME SOLICITAÇÃO DO MUNICÍPIO VIA OFICIO Nº 02/2025/SMS/FIG.</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITAÇÃO Nº 08/2025Contratação de pessoa jurídica para acompanhamento de execução, elaboração e preparação de documentos necessários para prestação de contas parcial e final de convênios firmados entre o município e as secretarias do Governo do Estado de Mato Grosso e do Governo Federal, através das plataformas SIGCON e TRANSFERE GOV.BR, até sua aprovação final.</t>
+  </si>
+  <si>
+    <t>0008/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 008-2025Serviço de locação de ambulância avançada sem equipamentos médicos</t>
+  </si>
+  <si>
+    <t>PREGÃO PRESENCIAL SRP Nº 003/2025Registro de preços para futura e eventual aquisição de Materiais de Aviamentos para atender as necessidades das diversas secretarias do Município de Figueiropolis D’Oeste-MT.</t>
+  </si>
+  <si>
+    <t>0007/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 007-2025Fornecimento de diárias em Casa de Apoio para atendimento de pacientes</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 06/2025Registro de preços para aquisição de materiais de aviamentos para manutenção das secretarias do município.</t>
+  </si>
+  <si>
+    <t>0006/2025</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITAÇÃO Nº 006/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM SEGURO TOTAL DE VEÍCULOS, POR MEIO DE PROCESSO LICITATÓRIO, COM COBERTURA CONTRA DANOS MATERIAIS RESULTANTES DE SINISTROS DE ROUBO OU FURTO, COLISÃO, INCÊNDIO, DANOS CAUSADOS PELA NATUREZA, ATOS DANOSOS PRATICADOS POR TERCEIROS E ASSISTÊNCIA 24 HORAS, PARA 21 (VINTE E UM) VEÍCULOS PERTENCENTES À FROTA DO MUNICÍPIO DE FIGUEIRÓPOLIS D’OESTE – MT.</t>
+  </si>
+  <si>
+    <t>PREGÃO PRESENCIAL N. 002/2025REGISTRO DE PREÇOS PARA AQUISIÇÃO DE PEÇAS E PRESTAÇÃO DE SERVIÇOS PARA INSTALAÇÃO, MANUTENÇÃO PREVENTIVA DE APARELHOS DE AR CONDICIONADOS E ELETRODOMESTICOS UTILIZADOS PELA ADMINISTRAÇÃO PUBLICA MUNICIPAL EM SEUS ORGÃOS E SECRETARIAS, (EXCLUSIVO PARA MEI, MICRO EMPRESA E EMPRESA DE PEQUENO PORTE)</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 006-2025Fornecimento de marmitex para pacientes em hemodiálise</t>
+  </si>
+  <si>
+    <t>AVISO DE CHAMADA PÚLICA/CREDENCIAMENTO Nº 005/2025Contratação de serviços artísticos de artistas locais e regionais, pessoa física, pessoa jurídica ou microempreendedor individual (MEI), para a realização de apresentações musicais ao vivo, como forma de incentivo cultural e valorização dos talentos da região, durante a Feira Livre Balcão Rural, realizada semanalmente, às sextas-feiras, no Município de Figueirópolis D’Oeste – MT.</t>
+  </si>
+  <si>
+    <t>0005/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 05/2025Registro de preços para futura aquisição de materiais de aviamentos para manutenção das secretarias do município.</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITAÇÃO Nº 005/2025 - AVISO + TERMO DE REFERÊNCIAAQUISIÇÃO DE HERBICIDAS DESTINADO A SECRETARIA MUNICIPAL DE INFRAESTRUTURA E OBRAS PARA ATENDER A DEMANDA NO COMBATE DE PRAGAS E ERVAS DANINHAS DE JARDINS DAS PRAÇAS E CANTEIROS CENTRAIS DE RUAS E AVENIDAS DESTE MUNICÍPIO DE FIGUEIROPOLIS D’OESTE - MT.</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 005-2025Rateio dos custos com a manutenção das atividades do Consórcio Intermunicipal de Saúde</t>
+  </si>
+  <si>
+    <t>RESULTADO E RATIFICAÇÃO CHAMADA PÚBLICA Nº 004/2025CHAMADA PÚBLICA PARA A AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS DA AGRICULTURA FAMILIAR E DO EMPREENDEDOR FAMILIAR RURAL, PARA O ATENDIMENTO AO PROGRAMA NACIONAL DE ALIMENTAÇÃO ESCOLAR – PNAE, CONFORME ESPECIFICAÇÕES DOS GÊNEROS ALIMENTÍCIOS NO ANEXO I – TERMO DE REFERÊNCIA.</t>
+  </si>
+  <si>
+    <t>0004/2025</t>
+  </si>
+  <si>
+    <t>Aviso de Chamada Pública/Credenciamento nº 004/2025Aquisição de gêneros alimentícios da agricultura familiar para a alimentação escolar.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE DE LICITAÇÃO Nº 004/2025Contratação de show artístico nacional por intermédio de empresa detentora da exclusividade do artista, cujo o objeto trata-se de Show artístico musical com o cantor THIAGO JHONATHAN, a ser realizado no dia 19 de abril de 2025, nas festividades de comemoração do 54º aniversário de Figueirópolis D’oeste – MT.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 04/2025Registro de Preços para aquisição de Materiais de Aviamentos para manutenção das secretarias do Município.</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITAÇÃO Nº 004/2025Contratação de pessoa jurídica especializada no fornecimento de estruturas de palco, som e iluminação para a realização do evento "Encontro de Violeiros" no município de Figueirópolis D'Oeste - MT.</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 004-2025Repasse de recursos para custeio das ações de regulação e fiscalização dos serviços públicos de saneamento básico</t>
+  </si>
+  <si>
+    <t>CHAMAMENTO PÚBLICO/CREDENCIAMENTO N° 003/2025CREDENCIAMENTO para a PRESTAÇÃO DE SERVIÇOS DE DIAGNÓSTICO POR LABORATORIO CLINICO E/OU CITOPATOLOGIA, DE FORMA COMPLEMENTAR AO SISTEMA ÚNICO DE SAÚDE-SUS, PARA ATENDER AS DEMANDAS DA SECRETARIA DE MUNICIPAL DE SAÚDE DE FIGUEIRÓPOLIS D’OESTE-MT.</t>
+  </si>
+  <si>
+    <t>0003/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 03/2025Registro de preços para futura e eventual aquisição de peças e prestação de serviços para instalação e manutenção de ar condicionados.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE DE LICITAÇÃO Nº 003/2025CONTRATAÇÃO DE EMPRESA DE ENGENHARIA ESPECIALIZADA EM PRESTAÇÃO DE SERVIÇOS TÉCNICOS DE ENGENHARIA, VOLTADOS PARA ELABORAÇÃO DE PROJETO BÁSICO E EXECUTIVO PARA A ADEQUAÇÃO DE ESTRADAS VICINAIS NO MUNICÍPIO DE FIGUEIROPOLIS D’OESTE - MT.</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITAÇÃO N. 03/2025CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS DE TRANSPORTE RODOVIARIO DE MAQUINAS PESADAS ATRAVES DE CAMINHÃO TIPO PRANCHA, COM MOTORISTA E COMBUSTIVEL POR CONTA DA CONTRATADA, PARA ATENDER A DEMANDA DA SECRETARIA MUNICIPAL DE INFRAESTRUTURA E OBRAS DO MUNICIPIO DE FIGUEIROPOLIS D’OESTE – MT.</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 003-2025Manutenção do Consórcio e despesas gerais</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 02/2025Registro de preços para aquisição de peças e serviços de instalação e manutenção de ar condicionados e eletrodomésticos.</t>
+  </si>
+  <si>
+    <t>0002/2025</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITAÇÃO Nº 002/2025CONTRATAÇÃO DE EMPRESA    ESPECIALIZADA DE CONSULTORIA NA ÁREA PÚBLICA DE SAÚDE E LOCAÇÃO DE LICENÇA PARA USO DE SOFTWARE – SAÚDE PÚBLICA, MODULO INDICADORES DE GESTÃO EM SAÚDE.</t>
+  </si>
+  <si>
+    <t>CREDENCIAMENTO Nº 02/2025 - INEXIGIBILIDADE Nº 02/2025CONTRATAÇÃO DE SERVIÇO ESPECIALIZADO EM MINISTRAR AULAS DE EDUCAÇÃO FÍSICA, ESPORTE, GINASTICA AERÓBICA, PARA CRIANÇAS, ADOLESCENTES E IDOSOS, ATENDENDO AS NECESSIDADES DA SECRETARIA DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE FIGUEIRÓPOLIS D’OESTE - MT, CONFORME NECESSIDADE DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL.</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 002-2025Contrato de Rateio para operação do Aterro Sanitário</t>
+  </si>
+  <si>
+    <t>PREGÃO PRESENCIAL SRP Nº 01/2025Registro de Preços para futura e eventual aquisição de Serviços de sustento as Atividades para as diversas secretarias do Município de Figueirópolis D’Oeste-MT</t>
+  </si>
+  <si>
+    <t>Leilão Público Presencial 001/2025 Prefeitura de Figueirópolis d’Oeste MT alienação de bens móveisLeilão público presencial para alienação de bens móveis de propriedade do Município de Figueirópolis d’Oeste, conforme avaliação prévia e preços mínimos definidos em termo de referência.</t>
+  </si>
+  <si>
+    <t>0001/2025</t>
+  </si>
+  <si>
+    <t>EDITAL DE CONCORRÊNCIA PÚBLICA Nº 01/2025Contratação de empresa para execução de serviços de mão de obra e fornecimento de materiais na construção de calçadas, sarjetas, drenagem superficial e sinalização viária em vias públicas.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇOS Nº 01/2025Registro de preços para futura contratação de serviços diversos para as Secretarias do Município.</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 001-2025Coleta, transporte e tratamento dos Resíduos de Serviços de Saúde</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITAÇÃO Nº 01/2025CONTRATAÇÃO DE SERVICO DE LOCACAO DE AMBULANCIA AVANÇADA SEM EQUIPAMENTOS MÉDICO, COM EQUIPAMENTOS OBRIGATORIOS EXIGIDOS E HOMOLOGADOS PELO DENATRAN, SEM MOTORISTA E COMBUSTIVEL, COM MANUTENCAO CORRETIVA E PREVENTIVA PELA CONTRATANTE.</t>
+  </si>
+  <si>
+    <t>CREDENCIAMENTO Nº 01/2025 - INEXIGIBILIDADE Nº 01/2025CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS FUNERÁRIOS E O FORNECIMENTO DE URNAS E MATERIAIS FUNERÁRIOS PARA ATENDER AS FAMILIAS CARENTES DO MUNICIPIO DE FIGUEIROPOLIS D’OESTE MT, CONFORME NECESSIDADE DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL.</t>
+  </si>
+  <si>
+    <t>COMUNICADO LICITANTES SANCIONADOS! !!!</t>
+  </si>
+  <si>
+    <t>0000/2025</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE DE LICITAÇÃO Nº 008/2025Contratação de show artístico regional por intermédio de empresa detentora da exclusividade do artista, cujo o objeto trata-se de Show artístico musical com o cantor GUILHERME PRADO, a ser realizado no dia 19 de abril de 2025, nas festividades de comemoração do 54º aniversário de Figueirópolis D’oeste – MT.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE DE LICITAÇÃO Nº 007/2025Contratação de show artístico nacional por intermédio de empresa detentora da exclusividade do artista, cujo o objeto trata-se de Show artístico musical com a dupla PEDRO PAULO &amp; ALEX, a ser realizado no dia 20 de abril de 2025, nas festividades de comemoração do 54º aniversário de Figueirópolis D’oeste – MT.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE DE LICITAÇÃO Nº 006/2025Contratação de show artístico regional por intermédio de empresa detentora da exclusividade do artista, cujo o objeto trata-se de Show artístico musical com a dupla JONATHAN &amp; ADAM, a ser realizado no dia 21 de abril de 2025, nas festividades de comemoração do 54º aniversário de Figueirópolis D’oeste – MT.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE DE LICITAÇÃO Nº 005/2025Contratação de show artístico nacional por intermédio de empresa detentora da exclusividade do artista, cujo o objeto trata-se de Show artístico musical com o cantor ERRE SOM, a ser realizado no dia 19 de abril de 2025, nas festividades de comemoração do 54º aniversário de Figueirópolis D’oeste – MT.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1847,3281 +1116,1554 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C358"/>
+  <dimension ref="A1:C167"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2"/>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3"/>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="C4"/>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B5" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C5"/>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="C6"/>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="B7" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C7"/>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B8" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C8"/>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B9" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C9"/>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B10" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C10"/>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B11" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C11"/>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B12" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="C12"/>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="B13" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C13"/>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B14" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C14"/>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B15" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C15"/>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B16" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C16"/>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B17" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="C17"/>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="B18" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="C18"/>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="B19" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="C19"/>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="B20" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="C20"/>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="B21" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="C21"/>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="B22" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="C22"/>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="B23" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="C23"/>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="B24" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="C24"/>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="B25" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="C25"/>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="B26" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="C26"/>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="B27" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="C27"/>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="B28" t="s">
-        <v>30</v>
+        <v>52</v>
       </c>
       <c r="C28"/>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="B29" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="C29"/>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="B30" t="s">
-        <v>41</v>
+        <v>55</v>
       </c>
       <c r="C30"/>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="B31" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="C31"/>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="B32" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="C32"/>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="B33" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="C33"/>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="B34" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="C34"/>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>49</v>
+        <v>63</v>
       </c>
       <c r="B35" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="C35"/>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="B36" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="C36"/>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="B37" t="s">
-        <v>50</v>
+        <v>67</v>
       </c>
       <c r="C37"/>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>53</v>
+        <v>68</v>
       </c>
       <c r="B38" t="s">
-        <v>50</v>
+        <v>69</v>
       </c>
       <c r="C38"/>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="B39" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="C39"/>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="B40" t="s">
-        <v>50</v>
+        <v>73</v>
       </c>
       <c r="C40"/>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>56</v>
+        <v>74</v>
       </c>
       <c r="B41" t="s">
-        <v>50</v>
+        <v>75</v>
       </c>
       <c r="C41"/>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="B42" t="s">
-        <v>50</v>
+        <v>77</v>
       </c>
       <c r="C42"/>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>58</v>
+        <v>78</v>
       </c>
       <c r="B43" t="s">
-        <v>50</v>
+        <v>79</v>
       </c>
       <c r="C43"/>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>59</v>
+        <v>80</v>
       </c>
       <c r="B44" t="s">
-        <v>50</v>
+        <v>79</v>
       </c>
       <c r="C44"/>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="B45" t="s">
-        <v>50</v>
+        <v>82</v>
       </c>
       <c r="C45"/>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
       <c r="B46" t="s">
-        <v>50</v>
+        <v>84</v>
       </c>
       <c r="C46"/>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>62</v>
+        <v>85</v>
       </c>
       <c r="B47" t="s">
-        <v>50</v>
+        <v>86</v>
       </c>
       <c r="C47"/>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>63</v>
+        <v>87</v>
       </c>
       <c r="B48" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="C48"/>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>64</v>
+        <v>89</v>
       </c>
       <c r="B49" t="s">
-        <v>65</v>
+        <v>88</v>
       </c>
       <c r="C49"/>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>66</v>
+        <v>90</v>
       </c>
       <c r="B50" t="s">
-        <v>65</v>
+        <v>88</v>
       </c>
       <c r="C50"/>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>67</v>
+        <v>91</v>
       </c>
       <c r="B51" t="s">
-        <v>68</v>
+        <v>92</v>
       </c>
       <c r="C51"/>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>69</v>
+        <v>93</v>
       </c>
       <c r="B52" t="s">
-        <v>68</v>
+        <v>94</v>
       </c>
       <c r="C52"/>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>70</v>
+        <v>95</v>
       </c>
       <c r="B53" t="s">
-        <v>68</v>
+        <v>94</v>
       </c>
       <c r="C53"/>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="B54" t="s">
-        <v>68</v>
+        <v>97</v>
       </c>
       <c r="C54"/>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>72</v>
+        <v>98</v>
       </c>
       <c r="B55" t="s">
-        <v>73</v>
+        <v>99</v>
       </c>
       <c r="C55"/>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>74</v>
+        <v>100</v>
       </c>
       <c r="B56" t="s">
-        <v>75</v>
+        <v>101</v>
       </c>
       <c r="C56"/>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>76</v>
+        <v>102</v>
       </c>
       <c r="B57" t="s">
-        <v>77</v>
+        <v>103</v>
       </c>
       <c r="C57"/>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>78</v>
+        <v>104</v>
       </c>
       <c r="B58" t="s">
-        <v>77</v>
+        <v>105</v>
       </c>
       <c r="C58"/>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>79</v>
+        <v>106</v>
       </c>
       <c r="B59" t="s">
-        <v>80</v>
+        <v>107</v>
       </c>
       <c r="C59"/>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>81</v>
+        <v>108</v>
       </c>
       <c r="B60" t="s">
-        <v>82</v>
+        <v>107</v>
       </c>
       <c r="C60"/>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>83</v>
+        <v>109</v>
       </c>
       <c r="B61" t="s">
-        <v>84</v>
+        <v>110</v>
       </c>
       <c r="C61"/>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>85</v>
+        <v>111</v>
       </c>
       <c r="B62" t="s">
-        <v>84</v>
+        <v>112</v>
       </c>
       <c r="C62"/>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="B63" t="s">
-        <v>84</v>
+        <v>112</v>
       </c>
       <c r="C63"/>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>87</v>
+        <v>114</v>
       </c>
       <c r="B64" t="s">
-        <v>88</v>
+        <v>115</v>
       </c>
       <c r="C64"/>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>89</v>
+        <v>116</v>
       </c>
       <c r="B65" t="s">
-        <v>90</v>
+        <v>115</v>
       </c>
       <c r="C65"/>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>91</v>
+        <v>117</v>
       </c>
       <c r="B66" t="s">
-        <v>90</v>
+        <v>118</v>
       </c>
       <c r="C66"/>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>92</v>
+        <v>119</v>
       </c>
       <c r="B67" t="s">
-        <v>90</v>
+        <v>118</v>
       </c>
       <c r="C67"/>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>93</v>
+        <v>120</v>
       </c>
       <c r="B68" t="s">
-        <v>94</v>
+        <v>118</v>
       </c>
       <c r="C68"/>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>95</v>
+        <v>121</v>
       </c>
       <c r="B69" t="s">
-        <v>96</v>
+        <v>122</v>
       </c>
       <c r="C69"/>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>97</v>
+        <v>123</v>
       </c>
       <c r="B70" t="s">
-        <v>96</v>
+        <v>122</v>
       </c>
       <c r="C70"/>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>98</v>
+        <v>124</v>
       </c>
       <c r="B71" t="s">
-        <v>96</v>
+        <v>125</v>
       </c>
       <c r="C71"/>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>99</v>
+        <v>126</v>
       </c>
       <c r="B72" t="s">
-        <v>96</v>
+        <v>125</v>
       </c>
       <c r="C72"/>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>100</v>
+        <v>127</v>
       </c>
       <c r="B73" t="s">
-        <v>96</v>
+        <v>128</v>
       </c>
       <c r="C73"/>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>101</v>
+        <v>129</v>
       </c>
       <c r="B74" t="s">
-        <v>96</v>
+        <v>130</v>
       </c>
       <c r="C74"/>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>102</v>
+        <v>131</v>
       </c>
       <c r="B75" t="s">
-        <v>96</v>
+        <v>130</v>
       </c>
       <c r="C75"/>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>103</v>
+        <v>132</v>
       </c>
       <c r="B76" t="s">
-        <v>96</v>
+        <v>133</v>
       </c>
       <c r="C76"/>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>104</v>
+        <v>134</v>
       </c>
       <c r="B77" t="s">
-        <v>96</v>
+        <v>135</v>
       </c>
       <c r="C77"/>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>105</v>
+        <v>136</v>
       </c>
       <c r="B78" t="s">
-        <v>96</v>
+        <v>137</v>
       </c>
       <c r="C78"/>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>106</v>
+        <v>138</v>
       </c>
       <c r="B79" t="s">
-        <v>96</v>
+        <v>139</v>
       </c>
       <c r="C79"/>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>107</v>
+        <v>140</v>
       </c>
       <c r="B80" t="s">
-        <v>96</v>
+        <v>141</v>
       </c>
       <c r="C80"/>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>108</v>
+        <v>142</v>
       </c>
       <c r="B81" t="s">
-        <v>96</v>
+        <v>141</v>
       </c>
       <c r="C81"/>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>109</v>
+        <v>143</v>
       </c>
       <c r="B82" t="s">
-        <v>96</v>
+        <v>144</v>
       </c>
       <c r="C82"/>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>110</v>
+        <v>145</v>
       </c>
       <c r="B83" t="s">
-        <v>96</v>
+        <v>146</v>
       </c>
       <c r="C83"/>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>111</v>
+        <v>147</v>
       </c>
       <c r="B84" t="s">
-        <v>96</v>
+        <v>146</v>
       </c>
       <c r="C84"/>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>112</v>
+        <v>148</v>
       </c>
       <c r="B85" t="s">
-        <v>113</v>
+        <v>146</v>
       </c>
       <c r="C85"/>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>114</v>
+        <v>149</v>
       </c>
       <c r="B86" t="s">
-        <v>115</v>
+        <v>150</v>
       </c>
       <c r="C86"/>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>116</v>
+        <v>151</v>
       </c>
       <c r="B87" t="s">
-        <v>115</v>
+        <v>150</v>
       </c>
       <c r="C87"/>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>117</v>
+        <v>152</v>
       </c>
       <c r="B88" t="s">
-        <v>118</v>
+        <v>153</v>
       </c>
       <c r="C88"/>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>119</v>
+        <v>154</v>
       </c>
       <c r="B89" t="s">
-        <v>118</v>
+        <v>155</v>
       </c>
       <c r="C89"/>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>120</v>
+        <v>156</v>
       </c>
       <c r="B90" t="s">
-        <v>118</v>
+        <v>155</v>
       </c>
       <c r="C90"/>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>121</v>
+        <v>157</v>
       </c>
       <c r="B91" t="s">
-        <v>118</v>
+        <v>158</v>
       </c>
       <c r="C91"/>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>122</v>
+        <v>157</v>
       </c>
       <c r="B92" t="s">
-        <v>118</v>
+        <v>158</v>
       </c>
       <c r="C92"/>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>123</v>
+        <v>159</v>
       </c>
       <c r="B93" t="s">
-        <v>118</v>
+        <v>158</v>
       </c>
       <c r="C93"/>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>124</v>
+        <v>160</v>
       </c>
       <c r="B94" t="s">
-        <v>125</v>
+        <v>158</v>
       </c>
       <c r="C94"/>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>126</v>
+        <v>161</v>
       </c>
       <c r="B95" t="s">
-        <v>125</v>
+        <v>162</v>
       </c>
       <c r="C95"/>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>127</v>
+        <v>163</v>
       </c>
       <c r="B96" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="C96"/>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>129</v>
+        <v>164</v>
       </c>
       <c r="B97" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="C97"/>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>130</v>
+        <v>165</v>
       </c>
       <c r="B98" t="s">
-        <v>131</v>
+        <v>166</v>
       </c>
       <c r="C98"/>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>132</v>
+        <v>167</v>
       </c>
       <c r="B99" t="s">
-        <v>133</v>
+        <v>166</v>
       </c>
       <c r="C99"/>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>134</v>
+        <v>168</v>
       </c>
       <c r="B100" t="s">
-        <v>135</v>
+        <v>166</v>
       </c>
       <c r="C100"/>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>136</v>
+        <v>169</v>
       </c>
       <c r="B101" t="s">
-        <v>137</v>
+        <v>170</v>
       </c>
       <c r="C101"/>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>138</v>
+        <v>171</v>
       </c>
       <c r="B102" t="s">
-        <v>137</v>
+        <v>170</v>
       </c>
       <c r="C102"/>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>139</v>
+        <v>172</v>
       </c>
       <c r="B103" t="s">
-        <v>140</v>
+        <v>170</v>
       </c>
       <c r="C103"/>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>141</v>
+        <v>173</v>
       </c>
       <c r="B104" t="s">
-        <v>140</v>
+        <v>174</v>
       </c>
       <c r="C104"/>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="B105" t="s">
-        <v>140</v>
+        <v>174</v>
       </c>
       <c r="C105"/>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
-        <v>143</v>
+        <v>176</v>
       </c>
       <c r="B106" t="s">
-        <v>140</v>
+        <v>174</v>
       </c>
       <c r="C106"/>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>144</v>
+        <v>177</v>
       </c>
       <c r="B107" t="s">
-        <v>140</v>
+        <v>178</v>
       </c>
       <c r="C107"/>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>145</v>
+        <v>179</v>
       </c>
       <c r="B108" t="s">
-        <v>140</v>
+        <v>178</v>
       </c>
       <c r="C108"/>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>146</v>
+        <v>180</v>
       </c>
       <c r="B109" t="s">
-        <v>140</v>
+        <v>178</v>
       </c>
       <c r="C109"/>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
-        <v>147</v>
+        <v>181</v>
       </c>
       <c r="B110" t="s">
-        <v>140</v>
+        <v>182</v>
       </c>
       <c r="C110"/>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
-        <v>148</v>
+        <v>183</v>
       </c>
       <c r="B111" t="s">
-        <v>149</v>
+        <v>182</v>
       </c>
       <c r="C111"/>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
-        <v>150</v>
+        <v>184</v>
       </c>
       <c r="B112" t="s">
-        <v>151</v>
+        <v>182</v>
       </c>
       <c r="C112"/>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
-        <v>150</v>
+        <v>184</v>
       </c>
       <c r="B113" t="s">
-        <v>151</v>
+        <v>182</v>
       </c>
       <c r="C113"/>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
-        <v>152</v>
+        <v>185</v>
       </c>
       <c r="B114" t="s">
-        <v>151</v>
+        <v>182</v>
       </c>
       <c r="C114"/>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
-        <v>153</v>
+        <v>186</v>
       </c>
       <c r="B115" t="s">
-        <v>154</v>
+        <v>182</v>
       </c>
       <c r="C115"/>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
-        <v>155</v>
+        <v>187</v>
       </c>
       <c r="B116" t="s">
-        <v>156</v>
+        <v>188</v>
       </c>
       <c r="C116"/>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>157</v>
+        <v>189</v>
       </c>
       <c r="B117" t="s">
-        <v>156</v>
+        <v>190</v>
       </c>
       <c r="C117"/>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>158</v>
+        <v>191</v>
       </c>
       <c r="B118" t="s">
-        <v>156</v>
+        <v>190</v>
       </c>
       <c r="C118"/>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>159</v>
+        <v>192</v>
       </c>
       <c r="B119" t="s">
-        <v>156</v>
+        <v>190</v>
       </c>
       <c r="C119"/>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
-        <v>160</v>
+        <v>193</v>
       </c>
       <c r="B120" t="s">
-        <v>161</v>
+        <v>194</v>
       </c>
       <c r="C120"/>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
-        <v>162</v>
+        <v>195</v>
       </c>
       <c r="B121" t="s">
-        <v>161</v>
+        <v>194</v>
       </c>
       <c r="C121"/>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
-        <v>163</v>
+        <v>195</v>
       </c>
       <c r="B122" t="s">
-        <v>164</v>
+        <v>194</v>
       </c>
       <c r="C122"/>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
-        <v>165</v>
+        <v>196</v>
       </c>
       <c r="B123" t="s">
-        <v>164</v>
+        <v>194</v>
       </c>
       <c r="C123"/>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
-        <v>166</v>
+        <v>197</v>
       </c>
       <c r="B124" t="s">
-        <v>164</v>
+        <v>198</v>
       </c>
       <c r="C124"/>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
-        <v>167</v>
+        <v>199</v>
       </c>
       <c r="B125" t="s">
-        <v>168</v>
+        <v>198</v>
       </c>
       <c r="C125"/>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
-        <v>169</v>
+        <v>200</v>
       </c>
       <c r="B126" t="s">
-        <v>168</v>
+        <v>198</v>
       </c>
       <c r="C126"/>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
-        <v>170</v>
+        <v>201</v>
       </c>
       <c r="B127" t="s">
-        <v>168</v>
+        <v>202</v>
       </c>
       <c r="C127"/>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
-        <v>171</v>
+        <v>203</v>
       </c>
       <c r="B128" t="s">
-        <v>168</v>
+        <v>202</v>
       </c>
       <c r="C128"/>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
-        <v>172</v>
+        <v>204</v>
       </c>
       <c r="B129" t="s">
-        <v>168</v>
+        <v>205</v>
       </c>
       <c r="C129"/>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
-        <v>173</v>
+        <v>206</v>
       </c>
       <c r="B130" t="s">
-        <v>168</v>
+        <v>205</v>
       </c>
       <c r="C130"/>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
-        <v>174</v>
+        <v>207</v>
       </c>
       <c r="B131" t="s">
-        <v>168</v>
+        <v>208</v>
       </c>
       <c r="C131"/>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
-        <v>175</v>
+        <v>209</v>
       </c>
       <c r="B132" t="s">
-        <v>168</v>
+        <v>208</v>
       </c>
       <c r="C132"/>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
-        <v>176</v>
+        <v>210</v>
       </c>
       <c r="B133" t="s">
-        <v>168</v>
+        <v>211</v>
       </c>
       <c r="C133"/>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
-        <v>177</v>
+        <v>212</v>
       </c>
       <c r="B134" t="s">
-        <v>168</v>
+        <v>211</v>
       </c>
       <c r="C134"/>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
-        <v>178</v>
+        <v>213</v>
       </c>
       <c r="B135" t="s">
-        <v>168</v>
+        <v>211</v>
       </c>
       <c r="C135"/>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="B136" t="s">
-        <v>168</v>
+        <v>211</v>
       </c>
       <c r="C136"/>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
-        <v>180</v>
+        <v>215</v>
       </c>
       <c r="B137" t="s">
-        <v>181</v>
+        <v>216</v>
       </c>
       <c r="C137"/>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
-        <v>182</v>
+        <v>217</v>
       </c>
       <c r="B138" t="s">
-        <v>181</v>
+        <v>216</v>
       </c>
       <c r="C138"/>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
-        <v>183</v>
+        <v>218</v>
       </c>
       <c r="B139" t="s">
-        <v>184</v>
+        <v>216</v>
       </c>
       <c r="C139"/>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
-        <v>185</v>
+        <v>219</v>
       </c>
       <c r="B140" t="s">
-        <v>184</v>
+        <v>216</v>
       </c>
       <c r="C140"/>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
-        <v>186</v>
+        <v>220</v>
       </c>
       <c r="B141" t="s">
-        <v>184</v>
+        <v>221</v>
       </c>
       <c r="C141"/>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
-        <v>187</v>
+        <v>222</v>
       </c>
       <c r="B142" t="s">
-        <v>184</v>
+        <v>221</v>
       </c>
       <c r="C142"/>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
-        <v>188</v>
+        <v>223</v>
       </c>
       <c r="B143" t="s">
-        <v>189</v>
+        <v>221</v>
       </c>
       <c r="C143"/>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
-        <v>190</v>
+        <v>224</v>
       </c>
       <c r="B144" t="s">
-        <v>191</v>
+        <v>221</v>
       </c>
       <c r="C144"/>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
-        <v>192</v>
+        <v>225</v>
       </c>
       <c r="B145" t="s">
-        <v>193</v>
+        <v>221</v>
       </c>
       <c r="C145"/>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
-        <v>194</v>
+        <v>226</v>
       </c>
       <c r="B146" t="s">
-        <v>193</v>
+        <v>221</v>
       </c>
       <c r="C146"/>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
-        <v>195</v>
+        <v>227</v>
       </c>
       <c r="B147" t="s">
-        <v>196</v>
+        <v>228</v>
       </c>
       <c r="C147"/>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
-        <v>197</v>
+        <v>229</v>
       </c>
       <c r="B148" t="s">
-        <v>198</v>
+        <v>228</v>
       </c>
       <c r="C148"/>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
-        <v>199</v>
+        <v>230</v>
       </c>
       <c r="B149" t="s">
-        <v>198</v>
+        <v>228</v>
       </c>
       <c r="C149"/>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
-        <v>200</v>
+        <v>231</v>
       </c>
       <c r="B150" t="s">
-        <v>201</v>
+        <v>228</v>
       </c>
       <c r="C150"/>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
-        <v>202</v>
+        <v>232</v>
       </c>
       <c r="B151" t="s">
-        <v>201</v>
+        <v>228</v>
       </c>
       <c r="C151"/>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
-        <v>203</v>
+        <v>233</v>
       </c>
       <c r="B152" t="s">
-        <v>204</v>
+        <v>234</v>
       </c>
       <c r="C152"/>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
-        <v>205</v>
+        <v>235</v>
       </c>
       <c r="B153" t="s">
-        <v>206</v>
+        <v>234</v>
       </c>
       <c r="C153"/>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="B154" t="s">
-        <v>206</v>
+        <v>234</v>
       </c>
       <c r="C154"/>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="B155" t="s">
-        <v>209</v>
+        <v>234</v>
       </c>
       <c r="C155"/>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="B156" t="s">
-        <v>211</v>
+        <v>234</v>
       </c>
       <c r="C156"/>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
-        <v>212</v>
+        <v>239</v>
       </c>
       <c r="B157" t="s">
-        <v>213</v>
+        <v>240</v>
       </c>
       <c r="C157"/>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
-        <v>214</v>
+        <v>241</v>
       </c>
       <c r="B158" t="s">
-        <v>215</v>
+        <v>240</v>
       </c>
       <c r="C158"/>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
-        <v>216</v>
+        <v>242</v>
       </c>
       <c r="B159" t="s">
-        <v>217</v>
+        <v>240</v>
       </c>
       <c r="C159"/>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
-        <v>218</v>
+        <v>243</v>
       </c>
       <c r="B160" t="s">
-        <v>219</v>
+        <v>240</v>
       </c>
       <c r="C160"/>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
-        <v>220</v>
+        <v>244</v>
       </c>
       <c r="B161" t="s">
-        <v>221</v>
+        <v>240</v>
       </c>
       <c r="C161"/>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
-        <v>222</v>
+        <v>245</v>
       </c>
       <c r="B162" t="s">
-        <v>221</v>
+        <v>240</v>
       </c>
       <c r="C162"/>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
-        <v>223</v>
+        <v>246</v>
       </c>
       <c r="B163" t="s">
-        <v>221</v>
+        <v>247</v>
       </c>
       <c r="C163"/>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
-        <v>224</v>
-[...3 lines deleted...]
-      </c>
+        <v>248</v>
+      </c>
+      <c r="B164"/>
       <c r="C164"/>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
-        <v>226</v>
-[...3 lines deleted...]
-      </c>
+        <v>249</v>
+      </c>
+      <c r="B165"/>
       <c r="C165"/>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
-        <v>227</v>
-[...3 lines deleted...]
-      </c>
+        <v>250</v>
+      </c>
+      <c r="B166"/>
       <c r="C166"/>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
-        <v>228</v>
-[...3 lines deleted...]
-      </c>
+        <v>251</v>
+      </c>
+      <c r="B167"/>
       <c r="C167"/>
-    </row>
-[...1717 lines deleted...]
-      <c r="C358"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>