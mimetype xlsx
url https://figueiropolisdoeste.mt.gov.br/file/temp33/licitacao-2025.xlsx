--- v5 (2026-02-26)
+++ v6 (2026-03-12)
@@ -12,807 +12,354 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="252">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
   <si>
     <t>Decrição</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>VER</t>
   </si>
   <si>
-    <t>ADESÃO A ATA DE REGISTRO DE PREÇOS Nº 010/2025Registro de preços para futura aquisição de Kits de Material Escolar para distribuição aos alunos matriculados na Pré-Escola, Ensino Fundamental I e Ensino Fundamental II da Rede Municipal de Ensino de Figueiropolis D’oeste – MT.</t>
-[...252 lines deleted...]
-    <t>ATA DE REGISTRO DE PREÇOS Nº 07/2025“REGISTRO DE PREÇOS PARA EVENTUAL E/OU FUTURA AQUISIÇÃO DE COMBUSTÍVEL COM FORNECIMENTO CONTÍNUO E FRACIONADO, NA BOMBA, DE ACORDO COM O DESCRITO NO ANEXO I DO EDITAL.</t>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 028.2025REFERENTE AQUISIÇÃO BENEFÍCIOS EVENTUAIS (CESTAS BÁSICAS), A SEREM DISTRIBUÍDOS, PARA AS FAMÍLIAS USUÁRIAS DOS SERVIÇOS DE PROTEÇÃO E ATENDIMENTOS INTEGRAL À FAMÍLIA - PAIF/CRAS E DA EQUIPE DE PROTEÇÃO SOCIAL ESPECIAL/PSE, DE ACORDO COM OS CRITÉRIOS DA AVALIAÇÃO SOCIAL DA EQUIPE TÉCNICA DE REFERENCIA DO SERVIÇO.</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 24.2025REFERENTE AQUISIÇÃO DE EMBALAGENS E CONGÊRENERES PARA ATENDER A DEMANDA DA PREFEITURA MUNICIPAL DE SÃO JOSÉ DOS QUATRO MARCOS/MT</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - CONCORRÊNCIA ELETRÔNICA 06.2025CONSTRUÇÃO DO CENTRO DE EDUCAÇÃO INFANTIL – PRÓ INFÂNCIA TIPO B (20106) – (CRECHE BAIRRO SÃO FRANCISCO)</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 23.2025Registro de preço para aquisição de equipamentos a serem utilizados nos trabalhos da Secretaria de Agricultura do Município de São José dos Quatro Marcos/MT, de acordo com convenio nº 913203/2021.</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 14.2025REGISTRO DE PREÇO PARA FUTURA E EVENTUAL AQUISIÇÃO DE HIGIENE, CAMA, MESA, BANHO E UTENSÍLIOS PARA ATENDIMENTO DAS SECRETARIAS DA PREFEITURA MUNICIPAL DE SÃO JOSÉ DOS QUATRO MARCOS- MT.</t>
+  </si>
+  <si>
+    <t>Atas de Reg. de Preços - Pregão Eletrônico 15.2025Registro de preço para futura e eventual aquisição de placas de sinalizações e materiais diversos que serão utilizados na sinalização das via urbanas e rurais do Município de São José dos Quatro Marcos.</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇO - PPREGÃO ELETRÔNICO 03.2025REGISTRO DE PREÇO PARA FUTURA E EVENTUAL AQUISIÇÃO DE GÊNERO 
+ALIMENTÍCIO PARA ATENDIMENTO DAS SECRETARIAS DA PREFEITURA 
+MUNICIPAL DE SÃO JOSÉ DOS QUATRO MARCOS- MT.</t>
+  </si>
+  <si>
+    <t>CREDENCIAMENTO 02.2025 - AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS DA AGRICULTURA FAMILIARCHAMADA PÚBLICA PARA AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS DA AGRICULTURA FAMILIAR E DO EMPREENDEDOR FAMILIAR RURAL, DESTINADO AO ATENDIMENTO DO PROGRAMA NACIONAL DE ALIMENTAÇÃO ESCOLAR/PNAE, DURANTE O PERÍODO LETIVO DE 2026.</t>
+  </si>
+  <si>
+    <t>0333/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE RETIFICAÇÃO DE EDITAL - PREGÃO ELETRÔNICO 56.2025“CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇO DE ASSENTAMENTO/CALÇAMENTO DE PEDRAS EM VIAS PÚBLICAS COM MATERIAL INCLUSO.”</t>
+  </si>
+  <si>
+    <t>0321/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE RETIFICAÇÃO DE EDITAL - PREGÃO ELETRÔNICO 53.2025REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL AQUISIÇÃO DE MÁQUINAS E EQUIPAMENTOS AGRÍCOLAS - AQUISIÇÃO DE ADUBADORA E SEMEADORA; CARRETA AGRÍCOLA; ENXADA ROTATIVA ENCANTEIRADORA; GRADE ARADORA; GRADE NIVELADORA E ROÇADEIRA HIDRÁULICA PARA SEREM UTILIZADOS E FOMENTAR PRODUÇÃO AGROPECUÁRIA E DIVERSIFICAÇÃO DA PRODUÇÃO, SEGURANÇA ALIMENTAR E NUTRICIONAL E GERAÇÃO DE RENDA DOS PROJETOS DE ASSENTAMENTOS PA. SANTA ROSA I FLORESTAN FERNANDES LOCALIZADO NO MUNICÍPIO DE SÃO JOSÉ DOS QUATRO MARCOS-MT.</t>
+  </si>
+  <si>
+    <t>0309/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 51.2025“Registro de preços para futura e eventual contratação de empresa especializada na prestação de locação de itens temporários e demais serviços necessários para a realização de eventos da Prefeitura Municipal de São José dos Quatro Marcos - MT.”</t>
+  </si>
+  <si>
+    <t>0304/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 49.2025“Registro de preço para futura e eventual aquisição de produtos químicos e dosador para utilização no tratamento de água utilizado pelo Município de São José dos Quatro Marcos através das ações do Departamento de Água e Esgoto – DAE”</t>
+  </si>
+  <si>
+    <t>0300/2025</t>
+  </si>
+  <si>
+    <t>ATA DE REGISTRO DE PREÇO - PREGÃO ELETRÔNICO 48.2025Registro de preços para contratação de empresa especializada na prestação de serviços de limpeza em áreas especificas, consistindo na higienização de placas solares fotovoltaicas instaladas nos prédios e estruturas públicas pertencentes à
+Prefeitura Municipal de São José dos Quatro Marcos, incluindo o fornecimento de toda mão de obra qualificada, materiais, equipamentos e insumos necessários à perfeita execução dos serviços.</t>
+  </si>
+  <si>
+    <t>0299/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 48.2025“Registro de preços para contratação de empresa especializada na prestação de serviços de limpeza em áreas especificas, consistindo na higienização de placas solares fotovoltaicas instaladas nos prédios e estruturas públicas pertencentes à Prefeitura Municipal de São José dos Quatro Marcos, incluindo o fornecimento de toda mão de obra qualificada, materiais, equipamentos e insumos necessários à perfeita execução dos serviços”</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITAÇÃO ELETRÔNICACONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA LOCAÇÃO DE ITENS TEMPORÁRIOS, DESTINADOS À ESTRUTURAÇÃO E REALIZAÇÃO DO 23º ENCONTRO DA MULHER RURAL E AVIVA;</t>
+  </si>
+  <si>
+    <t>0294/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 47.2025“REGISTROS DE PREÇOS PARA FUTURA E EVENTUAL AQUISIÇÃO DE PEÇAS DE SUBSTITUIÇÃO, INSTRUMENTOS MUSICAIS E MANUTENÇÃO/CONSERTO DOS INSTRUMENTOS MUSICAIS.”</t>
+  </si>
+  <si>
+    <t>0293/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE RETIFICAÇÃO DE EDITAL - PREGÃO ELETRÔNICO 46.2025REGISTRO DE PREÇO PARA SERVIÇO DE MANUTENÇÃO E INSTALAÇÃO DE AR CONDICIONADO, MANUTENÇÃO DE ELETRODOMÉSTICOS E PEÇAS</t>
+  </si>
+  <si>
+    <t>0290/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - CONCORRÊNCIA ELETRÔNICA 08.2025CONCORRÊNCIA ELETRÔNICA 08.2025, onde o mesmo como OBJETO: CONSTRUÇÃO, MODERNIZAÇÃO E REFORMA DA PRAÇA DE ESPORTE DO MUNICÍPIO DE SÃO JOSÉ DOS QUATRO MARCOS - MT- PROPOSTA Nº 024680/2024.</t>
+  </si>
+  <si>
+    <t>0289/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 44.2025REGISTRO DE PREÇO PARA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA LOCAÇÃO DE MATERIAIS DE DECORAÇÃO E ILUMINAÇÃO, BEM COMO NA PRESTAÇÃO DE SERVIÇOS DE INSTALAÇÃO, MANUTENÇÃO E RETIRADA DA DECORAÇÃO E ILUMINAÇÃO NATALINA, A SEREM EXECUTADOS NA PRAÇA DA MATRIZ CENTRAL DO MUNICÍPIO DE SÃO JOSÉ DOS QUATRO MARCOS – MT.</t>
+  </si>
+  <si>
+    <t>0284/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 43.2025“CONTRATAÇÃO DE EMPRESA DE ESPECIALIZADA EM TECNOLOGIA DA INFORMAÇÃO PARA O FORNECIMENTO DE LOCAÇÃO E IMPLANTAÇÃO DE SOFTWARE COMO SERVIÇO (SAAS) PARA O PLANEJAMENTO URBANO DOS MUNICÍPIOS, GESTÃO DO CADASTRO TÉCNICO MULTIFINALITÁRIO MUNICIPAL INTEGRADO, REAVALIAÇÃO DA PLANTA GENÉRICA DE VALORES E ATUALIZAÇÃO DA BASE CARTOGRÁFICA CADASTRAL DOS MUNICÍPIOS PARA A MODERNIZAÇÃO DO GERENCIAMENTO ADMINISTRATIVO E TRIBUTÁRIO DOS MUNICÍPIOS.”</t>
+  </si>
+  <si>
+    <t>0281/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 42.2025AQUISIÇÃO DE ALIMENTAÇÃO DO TIPO MARMITEX DO TAMANHO “M” E “G” E ALIMENTAÇÃO DO TIPO SELF SERVICE PARA AS SECRETARIAS</t>
+  </si>
+  <si>
+    <t>0279/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 41.2025REGISTRO DE PREÇO PARA FUTURA E EVENTUAL AQUISIÇÃO DE BRITA1 E PEDRISCO QUE SERÃO UTILIZADOS NAS OBRAS DO MUNICÍPIO DE SÃO JOSÉ DOS QUATRO MARCOS MT</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 40.2025REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL AQUISIÇÃO DE MATERIAIS BETUMINOSOS (EMULSÃO ASFÁLTICA/ MASSA ASFÁLTICA) PARA PAVIMENTAÇÃO E MANUTENÇÃO DAS VIAS.</t>
+  </si>
+  <si>
+    <t>0264/2025</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO 039.2025 - ADESÃO DE ATA DE REGISTRO DE PREÇO - Nº 05/2025 – CONSÓRCIO PÚBLICO DE SAÚDE VALE DO TELES PIRES – SORRISO/MATO GROSSOPregão Eletrônico com Registro de Preços para futura e eventual aquisição de Materiais/Equipamentos Permanentes para atender as demandas dos municípios integrantes deste Consórcio.</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 37.2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE PLOTAGEM COM ADESIVO AUTOMOTIVO, INCLUINDO FORNECIMENTO DE MATERIAL, MÃO DE OBRA, INSTALAÇÃO E DEMAIS INSUMOS NECESSÁRIOS, VISANDO À IDENTIFICAÇÃO VISUAL PADRONIZADA DOS VEÍCULOS PERTENCENTES À FROTA OFICIAL DA PREFEITURA MUNICIPAL DE SÃO JOSÉ DOS QUATRO MARCOS – MT.</t>
+  </si>
+  <si>
+    <t>0256/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 36.2025“REFERENTE AQUISIÇÃO DE TUBOS DE CONCRETOS/MANILHAS, MALHA E BETONEIRA PARA ATENDER PROJETOS E AS DEMAIS DEMANDAS DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS.”</t>
+  </si>
+  <si>
+    <t>0255/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 35.2025REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE LOCAÇÃO DE ITENS TEMPORÁRIOS E DEMAIS SERVIÇOS NECESSÁRIOS PARA A REALIZAÇÃO DE EVENTOS.</t>
+  </si>
+  <si>
+    <t>0246/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 34.2025REGISTROS DE PREÇOS PARA FUTURA E EVENTUAL AQUISIÇÃO DE PEÇAS DE SUBSTITUIÇÃO, INSTRUMENTOS MUSICAIS E MANUTENÇÃO/CONSERTO DOS INSTRUMENTOS MUSICAIS.</t>
+  </si>
+  <si>
+    <t>0242/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 33.2025REFERENTE AQUISIÇÃO DO BAÚ ISOTÉRMICO PARA O CAMINHÃO CARGO DE PEQUENO PORTE PARA SECRETARIA DE AGRICULTURA DE SÃO JOSÉ DOS QUATRO MARCOS – MT.</t>
+  </si>
+  <si>
+    <t>0239/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - CONCORRÊNCIA ELETRÔNICA 07.2025OBRA DE PAVIMENTAÇÃO ASFÁLTICA E DRENAGEM EM AGUAS PLUVIAIS EM VIAS URBANAS DO BAIRRO JARDIM BELA VISTA, DO BAIRRO RESIDENCIAL ESCOBAR E BAIRRO RESIDENCIAL SOLARES DE SÃO JOSÉ DOS QUATRO MARCOS – MT, CONVENIO 925942 - SUDECO.</t>
+  </si>
+  <si>
+    <t>0236/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 32.2025REGISTRO DE PREÇO PARA FUTURA E EVENTUAL AQUISIÇÃO DE MATERIAIS DE INFORMÁTICA.</t>
+  </si>
+  <si>
+    <t>0229/2025</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 030.2025“REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM MEDICINA DO TRABALHO, VISANDO À PRESTAÇÃO DE SERVIÇOS DE PERÍCIAS E FORMAÇÃO DE JUNTA MÉDICA, CONFORME AS ESPECIFICAÇÕES DESCRITAS NESTE DOCUMENTO.”</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 28.2025“REFERENTE AQUISIÇÃO BENEFÍCIOS EVENTUAIS (CESTAS BÁSICAS), A SEREM DISTRIBUÍDOS, PARA AS FAMÍLIAS USUÁRIAS DOS SERVIÇOS DE PROTEÇÃO E ATENDIMENTOS INTEGRAL À FAMÍLIA - PAIF/CRAS E DA EQUIPE DE PROTEÇÃO SOCIAL ESPECIAL/PSE, DE ACORDO COM OS CRITÉRIOS DA AVALIAÇÃO SOCIAL DA EQUIPE TÉCNICA DE REFERENCIA DO SERVIÇO.”</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 027.2025“REGISTRO DE PREÇO PARA FUTURA E EVENTUAL CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS GRÁFICOS.”</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 19.2025REFERENTE AQUISIÇÃO DE MATERIAIS DE CONSTRUÇÃO OBJETIVANDO AS MANUTENÇÕES DAS VIAS PÚBLICAS E PRÉDIOS MUNICIPAIS.</t>
+  </si>
+  <si>
+    <t>0115/2025</t>
+  </si>
+  <si>
+    <t>Ata de Registro de Preço 47 - Instrumentos musicais e serviços de manutençãoRegistro de preços para aquisição de instrumentos musicais, acessórios, peças e contratação de serviços de manutenção.</t>
   </si>
   <si>
     <t>0047/2025</t>
   </si>
   <si>
-    <t>PREGÃO PRESENCIAL Nº 06/2025REGISTRO DE PREÇO PARA FUTURA AQUISIÇÃO DE COMBUSTIVEIS PARA ATENDER A DEMANDA DAS SECRETARIAS MUNICÍPAIS E DO PAÇO MUNICIPAL DO MUNICIPIO DE FIGUEIRÓPOLIS DOESTE-MT”, DENTRO DO ÂMBITO MUNICIPAL, conforme disposto no presente edital, e Termo de Referência Anexo I deste Edital.</t>
-[...26 lines deleted...]
-    <t>CONTRATO Nº 043-2025É objeto do presente contrato, o credenciamento de empresas para prestação de Serviços de Diagnóstico por LABORATORIO CLINICO E/OU CITOPATOLOGIA, de forma complementar ao Sistema Único de Saúde-SUS, para atender as demandas da Secretaria de Municipal de Saúde de Figueirópolis D’Oeste-MT.</t>
+    <t>AVISO DE RETIFICAÇÃO DE EDITAL - PREGÃO ELETRÔNICO 09.2025REFERENTE A AQUISIÇÃO DE MATERIAIS DE CONSTRUÇÃO OBJETIVANDO AS MANUTENÇÕES DAS VIAS PÚBLICAS E PRÉDIOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>0043/2025</t>
   </si>
   <si>
-    <t>CONTRATO Nº 042-2025É objeto do presente contrato, o credenciamento de empresas para prestação de Serviços de Diagnóstico por LABORATORIO CLINICO E/OU CITOPATOLOGIA, de forma complementar ao Sistema Único de Saúde-SUS, para atender as demandas da Secretaria de Municipal de Saúde de Figueirópolis D’Oeste-MT.</t>
-[...26 lines deleted...]
-    <t>CONTRATO Nº 038-2025Contratação de show artístico regional por intermédio de empresa detentora da exclusividade do artista, cujo o objeto trata-se de Show artístico musical com a banda STILO POP SOM, a ser realizado no dia 20 de abril de 2025, nas festividades de comemoração do 54º aniversário de Figueirópolis D’oeste – MT.</t>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 38.2025REFERENTE A LOCAÇÃO DE VEÍCULOS DO TIPO MUNCK, GUINCHO DE PRANCHA, LIMPA FOSSA, ESPARGIDOR, BETONEIRA E PERFURADOR DE POÇOS ARTESIANOS PARA ATENDER AS DEMANDA DA PREFEITURA MUNICIPAL E SUAS SECRETARIAS</t>
   </si>
   <si>
     <t>0038/2025</t>
   </si>
   <si>
-    <t>ADESÃO A ATA DE REGISTRO DE PREÇOS Nº 03/2025Contratação de Empresa Especializada para Prestação de Serviços na Confecção de Camisas e Camisetas, para atender as demandas das diversas Secretarias e Fundos Municipais do Município de Figueiropolis D’oeste – MT.</t>
-[...17 lines deleted...]
-    <t>DISPENSA DE LICITAÇÃO Nº 034/2025Contratação de empresa especializada na confecção de canecas de alumínio personalizadas e bolsas ecobag personalizadas, visando atender a demanda da Secretaria Municipal de Meio Ambiente e Desenvolvimento no evento da Mulher Rural.</t>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 08.2025REGISTRO DE PREÇO VISANDO AQUISIÇÃO DE VEÍCULO SUV PARA USO NAS ATIVIDADES E DESLOCAMENTOS DO GABINETE</t>
   </si>
   <si>
     <t>0035/2025</t>
   </si>
   <si>
-    <t>INEXIGIBILIDADE DE LICITAÇÃO Nº 011/2025Contratação de serviços técnico-profissionais especializados de Recuperação de Créditos, valores pagos indevidamente, objeto que se pretende contratar destina-se à elevação da receita e não à realização de despesa, ainda que se tenha que pagar pelo êxito que venha a ser eventualmente obtido, todavia não haverá necessidade de desembolso senão em face do ingresso efetivo de recursos ou da compensação dos créditos obtidos com dívidas do Município junto à União.</t>
-[...5 lines deleted...]
-    <t>AVISO DE DISPENSA DE LICITAÇÃO Nº 034/2025Contratação de empresa especializada na confecção de canecas de alumínio personalizadas e bolsas ecobag personalizadas, visando atender a demanda da Secretaria Municipal de Meio Ambiente e Desenvolvimento no evento da Mulher Rural.</t>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 07.2025REGISTRO DE PREÇO PARA FUTURA E EVENTUAL AQUISIÇÃO DE ÁGUA MINERAL E GÁS LIQUEFEITO.</t>
   </si>
   <si>
     <t>0034/2025</t>
   </si>
   <si>
-    <t>CONTRATO Nº 034-2025O presente termo tem por objeto repasse do superávit de recursos financeiros para repassar os valores da Assistência Financeira Complementar advindos da União, destinados ao cumprimento do piso salarial nacional de enfermeiros, técnicos e auxiliares de enfermagem e parteiras, instituído pela Lei 14.434/2022, Portaria GM/MS nº 1.135 de 16 de agosto de 2023 e Lei Municipal Nº 1.882/2023.</t>
-[...11 lines deleted...]
-    <t>CONTRATO Nº 032-2025CONTRATAÇÃO DE SHOW ARTÍSTICO NACIONAL POR INTERMÉDIO DE EMPRESA DETENTORA DA EXCLUSIVIDADE DO ARTISTA, CUJO O OBJETO TRATA-SE DE SHOW ARTÍSTICO MUSICAL COM A DUPLA PEDRO PAULO &amp; ALEX, A SER REALIZADO NO DIA 20 DE ABRIL DE 2025, NAS FESTIVIDADES DE COMEMORAÇÃO DO 54º ANIVERSÁRIO DE FIGUEIRÓPOLIS D’OESTE – MT.</t>
+    <t>AVISO DE LICITAÇÃO - CONCORRÊNCIA 02.2025OBRA DE PAVIMENTAÇÃO ASFÁLTICA, DRENAGEM DE ÁGUAS PLUVIAIS, CALÇADAS E SINALIZAÇÕES NAS VIAS URBANAS DO BAIRRO JARDIM ZEFERINO I E  BAIRROS ADJACENTES SENDO AS RUAS TEREZINHA, RUA SALUSTIANO E RUA INTERLIGADAS E OUTRAS NO MUNICÍPIO DE SÃO JOSÉ DOS QUATRO MARCOS-MT. CONTRATO DE REPASSE MCIDADES 917315/2021 – OPERAÇÃO 1078889-39”.</t>
   </si>
   <si>
     <t>0032/2025</t>
   </si>
   <si>
-    <t>AVISO DE DISPENSA DE LICITAÇÃO Nº 031/2025CONTRATAÇÃO DE EMPRESA PARA A PRESTAÇÃO DE SERVIÇOS DE PUBLICAÇÃO DE ATOS OFICIAIS (PUBLICIDADE LEGAL), EDITAIS E AVISOS DE LICITAÇÃO DO MUNICÍPIO DE FIGUEIRÓPOLIS D’OESTE/MT, EM JORNAL DIÁRIO DE GRANDE CIRCULAÇÃO E JORNAL DIÁRIO OFICIAL DA UNIÃO.</t>
+    <t>AVISO DE LICITAÇÃO - CONCORRÊNCIA 01.2025OBRA DE PAVIMENTAÇÃO ASFÁLTICA E DRENAGEM DE ÁGUAS PLUVIAIS URBANAS DO BAIRRO JARDIM SANTA ROSA (PARTE 02) E BAIRROS ADJACENTES NO MUNICÍPIO DE SÃO JOSÉ DOS QUATRO MARCOS –MT. CONVÊNIO 925965/2022 – OPERAÇÃO 1083078-02.</t>
   </si>
   <si>
     <t>0031/2025</t>
   </si>
   <si>
-    <t>CONTRATO Nº 031-2025CONTRATAÇÃO DE SHOW ARTÍSTICO REGIONAL POR INTERMÉDIO DE EMPRESA DETENTORA DA EXCLUSIVIDADE DO ARTISTA, CUJO O OBJETO TRATA-SE DE SHOW ARTÍSTICO MUSICAL COM A DUPLA JONATHAN &amp; ADAM, A SER REALIZADO NO DIA 21 DE ABRIL DE 2025, NAS FESTIVIDADES DE COMEMORAÇÃO DO 54º ANIVERSÁRIO DE FIGUEIRÓPOLIS D’OESTE – MT.</t>
-[...68 lines deleted...]
-    <t>INEXIGIBILIDADE DE LICITAÇÃO Nº 021/2025Contratação de empresa especializada em consultoria técnica em gestão pública em saúde, com foco nas áreas de planejamento, contabilidade, jurídica e monitoramento de indicadores estratégicos, bem como implantação, suporte técnico e licenciamento de plataforma digital específica para acompanhamento de dados da Atenção Primária à Saúde (APS).</t>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 05.2026Contratação de empresa especializada para a prestação de serviços técnicos continuados de desenvolvimento, implantação, suporte, manutenção e hospedagem de sistemas informatizados, compreendendo a importação automatizada de publicações oficiais, assessoria de publicação institucional, integração com plataformas externas, desenvolvimento de páginas dinâmicas, bem como a disponibilização de sistema de reconhecimento óptico de caracteres (OCR) com mecanismos de proteção de dados pessoais em conform</t>
   </si>
   <si>
     <t>0021/2025</t>
   </si>
   <si>
-    <t>CONTRATO Nº 021-2025CONTRATAÇÃO DE SERVIÇO ESPECIALIZADO EM MINISTRAR AULAS DE EDUCAÇÃO FÍSICA, ESPORTE, GINASTICA AERÓBICA, PARA CRIANÇAS, ADOLESCENTES E IDOSOS. ATENDENDO AS NECESSIDADES DA SECRETARIA DE ASSISTÊNCIA SOCIAL.</t>
-[...92 lines deleted...]
-    <t>CONTRATO Nº 013-2025COMPRA DE SERVIÇOS DE PROFISSIONAIS DA ÁREA DA SAÚDE, MODALIDADE DE MEDICO CLINICO GERAL - 40 (QUARENTA) HORAS SEMANAIS, CONFORME SOLICITAÇÃO DO MUNICÍPIO VIA OFICIO Nº 10/2025/SMS/FIG.</t>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 13.2025REGISTRO DE PREÇO PARA AQUISIÇÃO DE ÓRTESES, PRÓTESES E MEIOS AUXILIARES DE LOCOMOÇÃO</t>
   </si>
   <si>
     <t>0013/2025</t>
   </si>
   <si>
-    <t>DISPENSA DE LICITAÇÃO Nº 012/2025AQUISIÇÃO EMERGENCIAL DE SOLUÇÃO DE LIMPEZA LABORATORIAL PARA GARANTIR O ATENDIMENTO E SUPRIR AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SAÚDE NO ATENDIMENTO A POPULAÇÃO DE FIGUEIROPOLIS D’OESTE – MT.</t>
-[...23 lines deleted...]
-    <t>EDITAL DE INEXIGIBILIDADE Nº 010/2025CONTRATAÇÃO DE SERVIÇOS TÉCNICOS PROFISSIONAIS ESPECIALIZADOS, POR EMPRESA OU ESCRITÓRIO DE ADVOCACIA DE NOTÓRIA ESPECIALIZAÇÃO, PARA O PATROCÍNIO DE PROCESSOS ADMINISTRATIVOS E PRESTAÇÃO DE ASSESSORIA TÉCNICA JURÍDICA ESPECIALIZADA PERANTE O TRIBUNAL DE CONTAS DO ESTADO DE MATO GROSSO (TCE/MT)</t>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 010.2025REFERENTE AQUISIÇÃO DE FÁBRICA DE RAÇÃO EM CONFORMIDADE COM O CONVÊNIO Nº 0577/2020.</t>
   </si>
   <si>
     <t>0010/2025</t>
   </si>
   <si>
-    <t>DISPENSA DE LICITAÇÃO Nº 010/2025Contratação de empresa especializada em seguro total de veículos, por meio de processo licitatório, em conformidade com o art. 75 Inciso VIII da Lei 14.133/2021, por emergência em virtude que os veículos alocados nas Secretarias de Educação e Saúde estão totalmente desprovidos de cobertura de seguros, visto que esses veículos transportam diariamente vidas, sendo alunos e pacientes que necessitam desses transportes. A proposta deverá ter cobertura contra danos materiais resultantes de sinistros d</t>
-[...32 lines deleted...]
-    <t>ATA DE REGISTRO DE PREÇOS Nº 06/2025Registro de preços para aquisição de materiais de aviamentos para manutenção das secretarias do município.</t>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 03.2025REGISTRO DE PREÇO PARA FUTURA E EVENTUAL AQUISIÇÃO DE GÊNERO ALIMENTÍCIO PARA ATENDIMENTO DAS SECRETARIAS DA PREFEITURA MUNICIPAL DE SÃO JOSÉ DOS QUATRO MARCOS- MT.</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 02.2025REGISTRO DE PREÇO PARA CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇO DE SISTEMA INFORMATIZADO INTEGRADO PARA ABASTECIMENTO DE COMBUSTÍVEL E A MANUTENÇÃO PREVENTIVA E CORRETIVA DE VEÍCULOS E MÁQUINAS DO MUNICÍPIO IDE SÃO JOSÉ DOS QUATRO MARCOS – MT.</t>
   </si>
   <si>
     <t>0006/2025</t>
   </si>
   <si>
-    <t>DISPENSA DE LICITAÇÃO Nº 006/2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM SEGURO TOTAL DE VEÍCULOS, POR MEIO DE PROCESSO LICITATÓRIO, COM COBERTURA CONTRA DANOS MATERIAIS RESULTANTES DE SINISTROS DE ROUBO OU FURTO, COLISÃO, INCÊNDIO, DANOS CAUSADOS PELA NATUREZA, ATOS DANOSOS PRATICADOS POR TERCEIROS E ASSISTÊNCIA 24 HORAS, PARA 21 (VINTE E UM) VEÍCULOS PERTENCENTES À FROTA DO MUNICÍPIO DE FIGUEIRÓPOLIS D’OESTE – MT.</t>
-[...23 lines deleted...]
-    <t>RESULTADO E RATIFICAÇÃO CHAMADA PÚBLICA Nº 004/2025CHAMADA PÚBLICA PARA A AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS DA AGRICULTURA FAMILIAR E DO EMPREENDEDOR FAMILIAR RURAL, PARA O ATENDIMENTO AO PROGRAMA NACIONAL DE ALIMENTAÇÃO ESCOLAR – PNAE, CONFORME ESPECIFICAÇÕES DOS GÊNEROS ALIMENTÍCIOS NO ANEXO I – TERMO DE REFERÊNCIA.</t>
+    <t>AVISO DE LICITAÇÃO - CONCORRÊNCIA ELETRÔNICA 04.2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA CONSTRUÇÃO DE UNIDADE BÁSICA DE SAÚDE - PORTE 1, PSF- PROGRAMA DE SAÚDE DA FAMÍLIA DO BAIRRO JARDIM ZEFERINO II, NO MUNICÍPIO DE SÃO JOSÉ DOS QUATRO MARCOS–MT, CONFORME CONDIÇÕES E EXIGÊNCIAS ESTABELECIDAS NA LEGISLAÇÃO PERTINENTE E NOS PROJETOS EM ANEXO.</t>
   </si>
   <si>
     <t>0004/2025</t>
   </si>
   <si>
-    <t>Aviso de Chamada Pública/Credenciamento nº 004/2025Aquisição de gêneros alimentícios da agricultura familiar para a alimentação escolar.</t>
-[...14 lines deleted...]
-    <t>CHAMAMENTO PÚBLICO/CREDENCIAMENTO N° 003/2025CREDENCIAMENTO para a PRESTAÇÃO DE SERVIÇOS DE DIAGNÓSTICO POR LABORATORIO CLINICO E/OU CITOPATOLOGIA, DE FORMA COMPLEMENTAR AO SISTEMA ÚNICO DE SAÚDE-SUS, PARA ATENDER AS DEMANDAS DA SECRETARIA DE MUNICIPAL DE SAÚDE DE FIGUEIRÓPOLIS D’OESTE-MT.</t>
+    <t>AVISO DE LICITAÇÃO - PREGÃO ELETRÔNICO 01.2025REGISTRO DE PREÇO PARA FUTURA E EVENTUAL AQUISIÇÃO DE MEDICAMENTOS PARA FARMÁCIA BÁSICA MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>AVISO DE LICITAÇÃO - CONCORRÊNCIA ELETRÔNICA 03.2025CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA CONSTRUÇÃO DE UNIDADE BÁSICA DE SAÚDE RURAL – BRUNA VENDRAMEL JUNQUEIRA - PORTE 1, PSF- PROGRAMA DE SAÚDE DA FAMÍLIA DE ATENDIMENTO A COMUNIDADE RURAL DO MUNICÍPIO DE SÃO JOSÉ DOS QUATRO MARCOS–MT, CONFORME CONDIÇÕES E EXIGÊNCIAS ESTABELECIDAS NA LEGISLAÇÃO PERTINENTE E NOS PROJETOS EM ANEXO.</t>
   </si>
   <si>
     <t>0003/2025</t>
   </si>
   <si>
-    <t>ATA DE REGISTRO DE PREÇOS Nº 03/2025Registro de preços para futura e eventual aquisição de peças e prestação de serviços para instalação e manutenção de ar condicionados.</t>
-[...29 lines deleted...]
-    <t>Leilão Público Presencial 001/2025 Prefeitura de Figueirópolis d’Oeste MT alienação de bens móveisLeilão público presencial para alienação de bens móveis de propriedade do Município de Figueirópolis d’Oeste, conforme avaliação prévia e preços mínimos definidos em termo de referência.</t>
+    <t>AVISO DE DISPENSA ELETRÔNICA Nº 003/2025AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS, PARA ATENDER AS UNIDADES ESCOLARES DO ENSINO FUNDAMENTAL E CENTROS DE EDUCAÇÃO INFANTIL.</t>
+  </si>
+  <si>
+    <t>AVISO DE DISPENSA DE LICITAÇÃODispensa de Licitação para aquisição de porta de vidro temperado.</t>
   </si>
   <si>
     <t>0001/2025</t>
   </si>
   <si>
-    <t>EDITAL DE CONCORRÊNCIA PÚBLICA Nº 01/2025Contratação de empresa para execução de serviços de mão de obra e fornecimento de materiais na construção de calçadas, sarjetas, drenagem superficial e sinalização viária em vias públicas.</t>
-[...29 lines deleted...]
-    <t>INEXIGIBILIDADE DE LICITAÇÃO Nº 005/2025Contratação de show artístico nacional por intermédio de empresa detentora da exclusividade do artista, cujo o objeto trata-se de Show artístico musical com o cantor ERRE SOM, a ser realizado no dia 19 de abril de 2025, nas festividades de comemoração do 54º aniversário de Figueirópolis D’oeste – MT.</t>
+    <t>AVISO DE CREDENCIAMENTO 01/2025Objeto: CREDENCIAMENTO N.º 001/2025, conforme termos deste edital, cuja finalidade é o credenciamento de pessoas jurídicas para atuar como Pedreiro; Servente de Pedreiro; Pintor; Calheiro; Gesseiro; Vidraceiro; Eletricista; Ajudante de Eletricista; Jardineiro; Serralheiro; Encanador;  Entregador de malote independente, instalador de forro, mecânico elétrico veicular, operador de máquinas pesadas para atender demandas da Prefeitura Municipal e suas secretarias, durante o exercício de 2025 (até 31</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE 01-2025 PRESTAÇÃO DE SERVIÇO DE CAPACITAÇÃO E TREINAMENTO DOS PROFISSIONAIS DA REDE MUNICIPAL DE ENSINO NA SEMANA PEDAGÓGICA, QUE ACONTECERÁ ENTRE OS DIAS 10 E 14 DE FEVEREIRO DE 2025INEXIGIBILIDADE 01.2025
+PROCESSO VISANDO PRESTAÇÃO DE SERVIÇO DE CAPACITAÇÃO E TREINAMENTO DOS PROFISSIONAIS DA REDE MUNICIPAL DE ENSINO NA SEMANA PEDAGÓGICA, QUE ACONTECERÁ ENTRE OS DIAS 10 E 14 DE FEVEREIRO DE 2025.</t>
+  </si>
+  <si>
+    <t>06 - Ordem Cronológica de Pagamento - Junho 2025-2</t>
+  </si>
+  <si>
+    <t>05 - Ordem Cronológica de Pagamento - Maio 2025-2</t>
+  </si>
+  <si>
+    <t>Plano de Contratação Anual - PCA 2025</t>
+  </si>
+  <si>
+    <t>04 - Ordem Cronológica de Pagamento - Abril 2025-2</t>
+  </si>
+  <si>
+    <t>03 - Ordem Cronológica de Pagamento - Março 2025-2</t>
+  </si>
+  <si>
+    <t>02 - Ordem Cronológica de Pagamento - Fevereiro 2025-2</t>
+  </si>
+  <si>
+    <t>01 - Ordem Cronológica de Pagamento - Janeiro 2025-2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1116,1554 +663,603 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C167"/>
+  <dimension ref="A1:C62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
-      <c r="B2" t="s">
-        <v>4</v>
+      <c r="B2">
+        <v>2025</v>
       </c>
       <c r="C2"/>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>4</v>
+      </c>
+      <c r="B3">
+        <v>2025</v>
       </c>
       <c r="C3"/>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>5</v>
+      </c>
+      <c r="B4">
+        <v>2025</v>
       </c>
       <c r="C4"/>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>6</v>
+      </c>
+      <c r="B5">
+        <v>2025</v>
       </c>
       <c r="C5"/>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>7</v>
+      </c>
+      <c r="B6">
+        <v>2025</v>
       </c>
       <c r="C6"/>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>8</v>
+      </c>
+      <c r="B7">
+        <v>2025</v>
       </c>
       <c r="C7"/>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>9</v>
+      </c>
+      <c r="B8">
+        <v>1025</v>
       </c>
       <c r="C8"/>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="B9" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C9"/>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="B10" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C10"/>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="B11" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C11"/>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="B12" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="C12"/>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="C13"/>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="B14" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="C14"/>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B15" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="C15"/>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="B16" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="C16"/>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="B17" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="C17"/>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="B18" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="C18"/>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="B19" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="C19"/>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="B20" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="C20"/>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="B21" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="C21"/>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="B22" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="C22"/>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>37</v>
+      </c>
+      <c r="B23">
+        <v>277</v>
       </c>
       <c r="C23"/>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="B24" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="C24"/>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>40</v>
+      </c>
+      <c r="B25">
+        <v>259</v>
       </c>
       <c r="C25"/>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="B26" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="C26"/>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="B27" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="C27"/>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="B28" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="C28"/>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="B29" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="C29"/>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="B30" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="C30"/>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="B31" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="C31"/>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="B32" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="C32"/>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>55</v>
+      </c>
+      <c r="B33">
+        <v>193</v>
       </c>
       <c r="C33"/>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>56</v>
+      </c>
+      <c r="B34">
+        <v>167</v>
       </c>
       <c r="C34"/>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>57</v>
+      </c>
+      <c r="B35">
+        <v>165</v>
       </c>
       <c r="C35"/>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="B36" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="C36"/>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="B37" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="C37"/>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="B38" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="C38"/>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="B39" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="C39"/>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="B40" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="C40"/>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="B41" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="C41"/>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="B42" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="C42"/>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="B43" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="C43"/>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="B44" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="C44"/>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="B45" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C45"/>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="B46" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="C46"/>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="B47" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="C47"/>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="B48" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="C48"/>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="B49" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="C49"/>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="B50" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="C50"/>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="B51" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="C51"/>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="B52" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="C52"/>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="B53" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="C53"/>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="B54" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="C54"/>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="B55" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="C55"/>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>100</v>
-[...3 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="B56"/>
       <c r="C56"/>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="B57"/>
       <c r="C57"/>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>95</v>
+      </c>
+      <c r="B58"/>
       <c r="C58"/>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="B59"/>
       <c r="C59"/>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="B60"/>
       <c r="C60"/>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>109</v>
-[...3 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="B61"/>
       <c r="C61"/>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>111</v>
-[...3 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="B62"/>
       <c r="C62"/>
-    </row>
-[...935 lines deleted...]
-      <c r="C167"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>